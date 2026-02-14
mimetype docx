--- v0 (2025-10-09)
+++ v1 (2026-02-14)
@@ -312,51 +312,50 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
               <w:t>ου ΚΩΔΙΚΟΥ ΣΥΜΦΩΝΑ ΜΕ ΤΟΝ ΑΡΙΘΜΟ ΤΩΝ ΠΑΙΔΙΩΝ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA06C3" w:rsidRPr="00766BDC" w14:paraId="5E8C0930" w14:textId="77777777" w:rsidTr="00E72353">
         <w:trPr>
           <w:trHeight w:val="646"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7AD7D9AF" w14:textId="77777777" w:rsidR="00AA06C3" w:rsidRDefault="00AA06C3" w:rsidP="00766BDC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="738596969" w:edGrp="everyone" w:colFirst="4" w:colLast="4"/>
           </w:p>
           <w:p w14:paraId="55D28714" w14:textId="21CAC442" w:rsidR="00AA06C3" w:rsidRPr="00766BDC" w:rsidRDefault="00AA06C3" w:rsidP="00766BDC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
@@ -528,51 +527,50 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
               <w:t>930</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2333" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0894FB7C" w14:textId="2B149F0C" w:rsidR="00AA06C3" w:rsidRPr="00026D92" w:rsidRDefault="00AA06C3" w:rsidP="00766BDC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US" w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C09C0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
@@ -652,51 +650,50 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US" w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00766BDC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1E8D8765" w14:textId="63FBB9D0" w:rsidR="00AA06C3" w:rsidRPr="00766BDC" w:rsidRDefault="00AA06C3" w:rsidP="004556DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00766BDC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
@@ -732,95 +729,93 @@
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA06C3" w:rsidRPr="00766BDC" w14:paraId="7CEA4FB0" w14:textId="77777777" w:rsidTr="00E72353">
         <w:trPr>
           <w:trHeight w:val="324"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3D496D20" w14:textId="1D9945F1" w:rsidR="00AA06C3" w:rsidRPr="00766BDC" w:rsidRDefault="00AA06C3" w:rsidP="00F566E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="1506487634" w:edGrp="everyone" w:colFirst="4" w:colLast="4"/>
             <w:permEnd w:id="738596969"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="73332435" w14:textId="77777777" w:rsidR="00AA06C3" w:rsidRPr="000C09C0" w:rsidRDefault="00AA06C3" w:rsidP="00766BDC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2333" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="44EC33AD" w14:textId="51861F0B" w:rsidR="00AA06C3" w:rsidRPr="00766BDC" w:rsidRDefault="00AA06C3" w:rsidP="00766BDC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C09C0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
@@ -900,51 +895,50 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00766BDC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="74BF4EB9" w14:textId="677CDE91" w:rsidR="00AA06C3" w:rsidRPr="00766BDC" w:rsidRDefault="00AA06C3" w:rsidP="004556DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00766BDC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
@@ -956,306 +950,292 @@
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
               <w:t>Με Κριτήρια</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA06C3" w:rsidRPr="00766BDC" w14:paraId="264F705A" w14:textId="77777777" w:rsidTr="00E72353">
         <w:trPr>
           <w:trHeight w:val="324"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39737D72" w14:textId="77777777" w:rsidR="00E95133" w:rsidRDefault="00AA06C3" w:rsidP="00766BDC">
+          <w:p w14:paraId="39737D72" w14:textId="4E8D6560" w:rsidR="00E95133" w:rsidRDefault="00AA06C3" w:rsidP="00766BDC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="484277613" w:edGrp="everyone" w:colFirst="4" w:colLast="4"/>
             <w:permEnd w:id="1506487634"/>
             <w:r w:rsidRPr="00766BDC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
               <w:t>Σχολική</w:t>
             </w:r>
-            <w:r w:rsidR="00E95133">
+          </w:p>
+          <w:p w14:paraId="67CD899E" w14:textId="1EA05B7A" w:rsidR="00DA2D35" w:rsidRDefault="00E95133" w:rsidP="00766BDC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> &amp; Καλοκαιρινή</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="67CD899E" w14:textId="1EA05B7A" w:rsidR="00DA2D35" w:rsidRDefault="00E95133" w:rsidP="00766BDC">
+            </w:pPr>
+            <w:r w:rsidRPr="00766BDC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="el-GR"/>
+              </w:rPr>
+              <w:t>Περίοδος</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA06C3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA2D35">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA06C3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="440010AB" w14:textId="68A94350" w:rsidR="00AA06C3" w:rsidRPr="00766BDC" w:rsidRDefault="00DA2D35" w:rsidP="00766BDC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00766BDC">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
-              <w:t>Περίοδος</w:t>
+              <w:t xml:space="preserve">ΣΕΠ </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA06C3" w:rsidRPr="00766BDC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="el-GR"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00867965">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="el-GR"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00AA06C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DA2D35">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="004E3AE7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>ΙΟΥΝ</w:t>
             </w:r>
             <w:r w:rsidR="00AA06C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
-              <w:t xml:space="preserve">     </w:t>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t xml:space="preserve"> 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00867965">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
-            </w:pPr>
-[...82 lines deleted...]
-              <w:t>6</w:t>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00AA06C3" w:rsidRPr="00766BDC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
               <w:t xml:space="preserve">               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1F4C3F0B" w14:textId="77777777" w:rsidR="00AA06C3" w:rsidRPr="000C09C0" w:rsidRDefault="00AA06C3" w:rsidP="00766BDC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2333" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="518C422B" w14:textId="03E68BC0" w:rsidR="00AA06C3" w:rsidRPr="00766BDC" w:rsidRDefault="00AA06C3" w:rsidP="00766BDC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
@@ -1323,51 +1303,50 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00766BDC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2E744852" w14:textId="7FC8ED78" w:rsidR="00AA06C3" w:rsidRPr="00766BDC" w:rsidRDefault="00AA06C3" w:rsidP="004556DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00766BDC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
@@ -1378,95 +1357,93 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
               <w:t>Με Κριτήρια</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA06C3" w:rsidRPr="00766BDC" w14:paraId="3AB89D36" w14:textId="77777777" w:rsidTr="00E72353">
         <w:trPr>
           <w:trHeight w:val="324"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5095FA18" w14:textId="53F48F59" w:rsidR="00AA06C3" w:rsidRPr="00766BDC" w:rsidRDefault="00AA06C3" w:rsidP="00766BDC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="1351710803" w:edGrp="everyone" w:colFirst="4" w:colLast="4"/>
             <w:permEnd w:id="484277613"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6FC355ED" w14:textId="77777777" w:rsidR="00AA06C3" w:rsidRPr="000C09C0" w:rsidRDefault="00AA06C3" w:rsidP="00766BDC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2333" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="24A85CE9" w14:textId="4A626590" w:rsidR="00AA06C3" w:rsidRPr="00766BDC" w:rsidRDefault="00AA06C3" w:rsidP="00766BDC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C09C0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
@@ -1546,51 +1523,50 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00766BDC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="68C51C4A" w14:textId="50327CD2" w:rsidR="00AA06C3" w:rsidRPr="00766BDC" w:rsidRDefault="00AA06C3" w:rsidP="004556DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00766BDC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
@@ -1602,92 +1578,90 @@
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
               <w:t>Με Κριτήρια</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:permEnd w:id="1351710803"/>
       <w:tr w:rsidR="009218B4" w:rsidRPr="00766BDC" w14:paraId="0B1BDAAE" w14:textId="77777777" w:rsidTr="002F41C8">
         <w:trPr>
           <w:trHeight w:val="324"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64E76EC0" w14:textId="77777777" w:rsidR="009218B4" w:rsidRPr="00766BDC" w:rsidRDefault="009218B4" w:rsidP="009218B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1D90B01E" w14:textId="77777777" w:rsidR="009218B4" w:rsidRPr="000C09C0" w:rsidRDefault="009218B4" w:rsidP="009218B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2333" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52C125BF" w14:textId="23398A61" w:rsidR="009218B4" w:rsidRPr="000C09C0" w:rsidRDefault="009218B4" w:rsidP="009218B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
@@ -1754,51 +1728,50 @@
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US" w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00766BDC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4058009A" w14:textId="38D63A42" w:rsidR="009218B4" w:rsidRPr="00766BDC" w:rsidRDefault="009218B4" w:rsidP="009218B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA2D24">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
@@ -1808,92 +1781,90 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
               <w:t>- Χωρίς Κριτήρια</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009218B4" w:rsidRPr="00766BDC" w14:paraId="60CB3E8A" w14:textId="77777777" w:rsidTr="001B450D">
         <w:trPr>
           <w:trHeight w:val="324"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="329E8072" w14:textId="77777777" w:rsidR="009218B4" w:rsidRPr="00766BDC" w:rsidRDefault="009218B4" w:rsidP="009218B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="05B27494" w14:textId="77777777" w:rsidR="009218B4" w:rsidRPr="000C09C0" w:rsidRDefault="009218B4" w:rsidP="009218B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2333" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A2EF91B" w14:textId="2A22A152" w:rsidR="009218B4" w:rsidRPr="000C09C0" w:rsidRDefault="009218B4" w:rsidP="009218B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
@@ -1957,51 +1928,50 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US" w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009218B4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US" w:eastAsia="el-GR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="090004F7" w14:textId="156DC74D" w:rsidR="009218B4" w:rsidRPr="00766BDC" w:rsidRDefault="009218B4" w:rsidP="009218B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5779D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
@@ -2011,92 +1981,90 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
               <w:t xml:space="preserve"> Χωρίς Κριτήρια</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009218B4" w:rsidRPr="00766BDC" w14:paraId="66B71C42" w14:textId="77777777" w:rsidTr="001B450D">
         <w:trPr>
           <w:trHeight w:val="324"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BDCACA6" w14:textId="77777777" w:rsidR="009218B4" w:rsidRPr="00766BDC" w:rsidRDefault="009218B4" w:rsidP="009218B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="7BD82A74" w14:textId="77777777" w:rsidR="009218B4" w:rsidRPr="000C09C0" w:rsidRDefault="009218B4" w:rsidP="009218B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2333" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EE18F4A" w14:textId="0015E294" w:rsidR="009218B4" w:rsidRPr="000C09C0" w:rsidRDefault="009218B4" w:rsidP="009218B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
@@ -2160,51 +2128,50 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US" w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009218B4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US" w:eastAsia="el-GR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B4AFC1F" w14:textId="6B3C750C" w:rsidR="009218B4" w:rsidRPr="00766BDC" w:rsidRDefault="009218B4" w:rsidP="009218B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
@@ -2226,92 +2193,90 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
               <w:t xml:space="preserve"> Χωρίς Κριτήρια</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009218B4" w:rsidRPr="00766BDC" w14:paraId="73CCBE4A" w14:textId="77777777" w:rsidTr="001B450D">
         <w:trPr>
           <w:trHeight w:val="324"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58977556" w14:textId="77777777" w:rsidR="009218B4" w:rsidRPr="00766BDC" w:rsidRDefault="009218B4" w:rsidP="009218B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="457D4486" w14:textId="77777777" w:rsidR="009218B4" w:rsidRPr="000C09C0" w:rsidRDefault="009218B4" w:rsidP="009218B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2333" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71BAB22D" w14:textId="64A54EC9" w:rsidR="009218B4" w:rsidRPr="000C09C0" w:rsidRDefault="009218B4" w:rsidP="009218B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
@@ -2375,51 +2340,50 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US" w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009218B4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US" w:eastAsia="el-GR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EB9AA72" w14:textId="341BFD7A" w:rsidR="009218B4" w:rsidRPr="00766BDC" w:rsidRDefault="009218B4" w:rsidP="009218B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="el-GR"/>
               </w:rPr>
@@ -2822,305 +2786,242 @@
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6086F46E" w14:textId="3FEB962A" w:rsidR="00783C7E" w:rsidRDefault="00783C7E" w:rsidP="005D7876">
             <w:r>
               <w:t>Όνομα-Επώνυμο</w:t>
             </w:r>
             <w:r w:rsidR="00A73E51">
               <w:t xml:space="preserve"> και τηλέφωνο ατόμου/ων</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> που θα περιλαμβάνει</w:t>
             </w:r>
             <w:r w:rsidR="00A73E51">
-              <w:t>/</w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>/ουν</w:t>
+            </w:r>
             <w:r>
               <w:t xml:space="preserve"> το  παιδί</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="345BF994" w14:textId="77777777" w:rsidR="00783C7E" w:rsidRDefault="00783C7E"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B5DB5" w14:paraId="4AABBFAB" w14:textId="77777777" w:rsidTr="00E72353">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="554052E5" w14:textId="7D396E81" w:rsidR="001B5DB5" w:rsidRPr="001B5DB5" w:rsidRDefault="001B5DB5" w:rsidP="001B5DB5">
+          <w:p w14:paraId="554052E5" w14:textId="7D396E81" w:rsidR="001B5DB5" w:rsidRPr="004E3AE7" w:rsidRDefault="001B5DB5" w:rsidP="001B5DB5">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:permStart w:id="1953725180" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permEnd w:id="287247006"/>
-            <w:r w:rsidRPr="001B5DB5">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="004E3AE7">
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15A6D6A2" w14:textId="14F57C39" w:rsidR="001B5DB5" w:rsidRPr="001B5DB5" w:rsidRDefault="001B5DB5" w:rsidP="001B5DB5">
-[...8 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="15A6D6A2" w14:textId="14F57C39" w:rsidR="001B5DB5" w:rsidRPr="004E3AE7" w:rsidRDefault="001B5DB5" w:rsidP="001B5DB5">
+            <w:r w:rsidRPr="004E3AE7">
               <w:t>Τυχόν Αλλεργίες παιδιού: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3C84B8A1" w14:textId="77777777" w:rsidR="001B5DB5" w:rsidRPr="001B5DB5" w:rsidRDefault="001B5DB5" w:rsidP="001B5DB5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B5DB5">
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:permEnd w:id="1953725180"/>
-      <w:tr w:rsidR="008F292B" w14:paraId="7B964A36" w14:textId="77777777" w:rsidTr="00E72353">
+      <w:tr w:rsidR="001B5DB5" w14:paraId="5F64C000" w14:textId="77777777" w:rsidTr="00E72353">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27F3EBE9" w14:textId="66152050" w:rsidR="008F292B" w:rsidRPr="001B5DB5" w:rsidRDefault="008F292B" w:rsidP="008F292B">
+          <w:p w14:paraId="02116BF9" w14:textId="4F88D064" w:rsidR="001B5DB5" w:rsidRPr="004E3AE7" w:rsidRDefault="001B5DB5" w:rsidP="001B5DB5">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E3AE7">
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="53AE1938" w14:textId="2A234B4F" w:rsidR="008F292B" w:rsidRPr="003D19CA" w:rsidRDefault="003D19CA" w:rsidP="008F292B">
-[...21 lines deleted...]
-              <w:t>;</w:t>
+          <w:p w14:paraId="7167D2E5" w14:textId="4FF280C7" w:rsidR="001B5DB5" w:rsidRPr="004E3AE7" w:rsidRDefault="0049119C" w:rsidP="001B5DB5">
+            <w:r w:rsidRPr="00FB1088">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Κάλυψη παιδιού από ασφάλεια προσωπικών ατυχημάτων;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="590A4F6F" w14:textId="722B9F65" w:rsidR="008F292B" w:rsidRPr="001B5DB5" w:rsidRDefault="008F292B" w:rsidP="008F292B">
+          <w:p w14:paraId="3712982D" w14:textId="77777777" w:rsidR="001B5DB5" w:rsidRPr="001B5DB5" w:rsidRDefault="001B5DB5" w:rsidP="001B5DB5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B5DB5">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5DB5" w14:paraId="5F64C000" w14:textId="77777777" w:rsidTr="00E72353">
+      <w:tr w:rsidR="0049119C" w14:paraId="59B1EDB9" w14:textId="77777777" w:rsidTr="00E72353">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02116BF9" w14:textId="19644765" w:rsidR="001B5DB5" w:rsidRPr="001B5DB5" w:rsidRDefault="008F292B" w:rsidP="001B5DB5">
+          <w:p w14:paraId="4AA9018C" w14:textId="19F9ABC0" w:rsidR="0049119C" w:rsidRPr="004E3AE7" w:rsidRDefault="0049119C" w:rsidP="001B5DB5">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7167D2E5" w14:textId="28AB5280" w:rsidR="001B5DB5" w:rsidRPr="001B5DB5" w:rsidRDefault="001B5DB5" w:rsidP="001B5DB5">
-[...8 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="50AD434E" w14:textId="3729B706" w:rsidR="0049119C" w:rsidRPr="004E3AE7" w:rsidRDefault="0049119C" w:rsidP="001B5DB5">
+            <w:r w:rsidRPr="004E3AE7">
               <w:t>Άλλες Σημειώσεις</w:t>
             </w:r>
-            <w:r w:rsidRPr="001B5DB5">
-[...1 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="004E3AE7">
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3712982D" w14:textId="77777777" w:rsidR="001B5DB5" w:rsidRPr="001B5DB5" w:rsidRDefault="001B5DB5" w:rsidP="001B5DB5">
+          <w:p w14:paraId="21FBF34F" w14:textId="77777777" w:rsidR="0049119C" w:rsidRPr="001B5DB5" w:rsidRDefault="0049119C" w:rsidP="001B5DB5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="17BFC52C" w14:textId="77777777" w:rsidR="002A0095" w:rsidRDefault="002A0095" w:rsidP="002A0095">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="288EBAD2" w14:textId="205FD6CA" w:rsidR="009E33A5" w:rsidRPr="005D7876" w:rsidRDefault="009E33A5" w:rsidP="009E33A5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -3248,67 +3149,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> τον </w:t>
       </w:r>
       <w:r w:rsidRPr="005D7876">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005D7876">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2ο  Κωδικό</w:t>
       </w:r>
       <w:r w:rsidRPr="005D7876">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> με τον αριθμό του/των παιδιού/</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> στο «Κέντρο»</w:t>
+        <w:t xml:space="preserve"> με τον αριθμό του/των παιδιού/ών στο «Κέντρο»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04B1F18A" w14:textId="77777777" w:rsidR="002A0095" w:rsidRDefault="002A0095" w:rsidP="002A0095">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="380E4DA0" w14:textId="1C508B88" w:rsidR="002A0095" w:rsidRDefault="002A0095" w:rsidP="002A0095">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142"/>
@@ -3994,261 +3879,212 @@
         </w:rPr>
         <w:t>/των</w:t>
       </w:r>
       <w:r w:rsidRPr="005D7876">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ατόμου</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/ων</w:t>
       </w:r>
       <w:r w:rsidRPr="005D7876">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> που θα παραλαμβάνει το παιδί</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5698B832" w14:textId="77777777" w:rsidR="00292A9D" w:rsidRPr="001B5DB5" w:rsidRDefault="00292A9D" w:rsidP="00292A9D">
+    <w:p w14:paraId="5698B832" w14:textId="77777777" w:rsidR="00292A9D" w:rsidRDefault="00292A9D" w:rsidP="00292A9D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="284"/>
         <w:rPr>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B5DB5">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="004E3AE7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Εάν γνωρίζετε τυχόν αλλεργίες του παιδιού σας είναι σημαντικό να μας το αναφέρετε.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43F617AF" w14:textId="49FE3897" w:rsidR="003D19CA" w:rsidRPr="003D19CA" w:rsidRDefault="003D19CA" w:rsidP="00292A9D">
+    <w:p w14:paraId="1E68007E" w14:textId="41B73EDC" w:rsidR="0049119C" w:rsidRPr="0049119C" w:rsidRDefault="0049119C" w:rsidP="0049119C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="284"/>
         <w:rPr>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D19CA">
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> είτε προσωπική είτε μέσω του Συνδέσμου γονέων του Σχολείου του.</w:t>
+      <w:r w:rsidRPr="00FB1088">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Αναφέρετε εάν το παιδί σας καλύπτεται από ασφάλεια προσωπικών ατυχημάτων είτε προσωπική είτε μέσω του Συνδέσμου γονέων του Σχολείου του.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BDF3579" w14:textId="27FA2F52" w:rsidR="00292A9D" w:rsidRPr="001B5DB5" w:rsidRDefault="00292A9D" w:rsidP="00292A9D">
+    <w:p w14:paraId="3BDF3579" w14:textId="77777777" w:rsidR="00292A9D" w:rsidRPr="004E3AE7" w:rsidRDefault="00292A9D" w:rsidP="00292A9D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="284"/>
         <w:rPr>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B5DB5">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> ή θέματα αναπηρίας παρακαλώ όπως μας ενημερώσετε.</w:t>
+      <w:r w:rsidRPr="004E3AE7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Εάν υπάρχουν μαθησιακά, συμπεριφορικά ή θέματα αναπηρίας παρακαλώ όπως μας ενημερώσετε.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A9CA5FE" w14:textId="77777777" w:rsidR="00292A9D" w:rsidRPr="00E601FA" w:rsidRDefault="00292A9D" w:rsidP="00292A9D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54B5BB94" w14:textId="73413B59" w:rsidR="00F56E31" w:rsidRPr="009E33A5" w:rsidRDefault="00F56E31" w:rsidP="009E33A5">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F56E31" w:rsidRPr="009E33A5" w:rsidSect="00783C7E">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="284" w:left="1800" w:header="284" w:footer="129" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0073C7A4" w14:textId="77777777" w:rsidR="005F54DA" w:rsidRDefault="005F54DA" w:rsidP="00766BDC">
+    <w:p w14:paraId="1320CAEA" w14:textId="77777777" w:rsidR="00CF71F6" w:rsidRDefault="00CF71F6" w:rsidP="00766BDC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4D88B9AC" w14:textId="77777777" w:rsidR="005F54DA" w:rsidRDefault="005F54DA" w:rsidP="00766BDC">
+    <w:p w14:paraId="00F6C5CB" w14:textId="77777777" w:rsidR="00CF71F6" w:rsidRDefault="00CF71F6" w:rsidP="00766BDC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="A1"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="A1"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
-    <w:charset w:val="A1"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="03E489C0" w14:textId="77777777" w:rsidR="005F54DA" w:rsidRDefault="005F54DA" w:rsidP="00766BDC">
+    <w:p w14:paraId="4DADB43D" w14:textId="77777777" w:rsidR="00CF71F6" w:rsidRDefault="00CF71F6" w:rsidP="00766BDC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21BC3135" w14:textId="77777777" w:rsidR="005F54DA" w:rsidRDefault="005F54DA" w:rsidP="00766BDC">
+    <w:p w14:paraId="3F1553E0" w14:textId="77777777" w:rsidR="00CF71F6" w:rsidRDefault="00CF71F6" w:rsidP="00766BDC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="32478B99" w14:textId="13F76E06" w:rsidR="00766BDC" w:rsidRDefault="00766BDC" w:rsidP="00766BDC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-1276"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
@@ -4326,133 +4162,136 @@
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0408001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="426467160">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="120"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0062463D"/>
     <w:rsid w:val="00026D92"/>
     <w:rsid w:val="00063D31"/>
     <w:rsid w:val="000C09C0"/>
     <w:rsid w:val="000C458A"/>
     <w:rsid w:val="00140B2B"/>
     <w:rsid w:val="00175680"/>
     <w:rsid w:val="001B5DB5"/>
+    <w:rsid w:val="001D3E2C"/>
     <w:rsid w:val="0024168E"/>
     <w:rsid w:val="00292A9D"/>
     <w:rsid w:val="002A0095"/>
     <w:rsid w:val="002C27E4"/>
     <w:rsid w:val="002F184B"/>
-    <w:rsid w:val="003D19CA"/>
     <w:rsid w:val="003E29F4"/>
     <w:rsid w:val="004556DA"/>
+    <w:rsid w:val="0049119C"/>
     <w:rsid w:val="004C5359"/>
+    <w:rsid w:val="004E3AE7"/>
     <w:rsid w:val="004E5E80"/>
     <w:rsid w:val="005C5A7D"/>
     <w:rsid w:val="005D7876"/>
     <w:rsid w:val="005F54DA"/>
     <w:rsid w:val="005F7E37"/>
     <w:rsid w:val="0061584C"/>
     <w:rsid w:val="0062463D"/>
     <w:rsid w:val="006C5DB6"/>
     <w:rsid w:val="007058CD"/>
     <w:rsid w:val="00705E79"/>
     <w:rsid w:val="007278C1"/>
     <w:rsid w:val="0073431A"/>
     <w:rsid w:val="00766BDC"/>
     <w:rsid w:val="00767784"/>
     <w:rsid w:val="00783C7E"/>
     <w:rsid w:val="007B5D85"/>
     <w:rsid w:val="007D77EC"/>
     <w:rsid w:val="007E3DE4"/>
     <w:rsid w:val="007F7042"/>
-    <w:rsid w:val="008F292B"/>
+    <w:rsid w:val="00867965"/>
+    <w:rsid w:val="008C0F34"/>
+    <w:rsid w:val="008F1AB0"/>
     <w:rsid w:val="009218B4"/>
     <w:rsid w:val="00973DA4"/>
     <w:rsid w:val="009E33A5"/>
     <w:rsid w:val="00A2740D"/>
     <w:rsid w:val="00A661EE"/>
+    <w:rsid w:val="00A66605"/>
     <w:rsid w:val="00A73E51"/>
     <w:rsid w:val="00AA06C3"/>
     <w:rsid w:val="00AB0977"/>
     <w:rsid w:val="00AB5407"/>
     <w:rsid w:val="00AF4141"/>
     <w:rsid w:val="00B31E0A"/>
     <w:rsid w:val="00BD327F"/>
-    <w:rsid w:val="00C4374D"/>
     <w:rsid w:val="00C5779D"/>
     <w:rsid w:val="00C67CB2"/>
     <w:rsid w:val="00CA2D24"/>
     <w:rsid w:val="00CE0F51"/>
     <w:rsid w:val="00CF672A"/>
+    <w:rsid w:val="00CF71F6"/>
     <w:rsid w:val="00DA2D35"/>
     <w:rsid w:val="00E72353"/>
-    <w:rsid w:val="00E777AE"/>
     <w:rsid w:val="00E95133"/>
     <w:rsid w:val="00E97A4D"/>
     <w:rsid w:val="00EC260C"/>
     <w:rsid w:val="00EE394B"/>
     <w:rsid w:val="00F566E5"/>
     <w:rsid w:val="00F56E31"/>
     <w:rsid w:val="00F639BB"/>
     <w:rsid w:val="00FA2071"/>
     <w:rsid w:val="00FC45DE"/>
     <w:rsid w:val="00FD2086"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="el-GR"/>
@@ -5298,69 +5137,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>344</Words>
-  <Characters>1965</Characters>
+  <Words>342</Words>
+  <Characters>1953</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2305</CharactersWithSpaces>
+  <CharactersWithSpaces>2291</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Costas Stasinopoulos</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>