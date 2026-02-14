--- v0 (2025-10-30)
+++ v1 (2026-02-14)
@@ -1,1794 +1,6126 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="351BEE2A" w14:textId="752DD155" w:rsidR="00712DDE" w:rsidRDefault="00A51BFF" w:rsidP="00A51BFF">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="7BB9CF7B" w14:textId="3C2ADAD3" w:rsidR="001C4E5C" w:rsidRDefault="004D4EE1" w:rsidP="004D4EE1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="45D020FE" wp14:editId="697FA39F">
-[...2 lines deleted...]
-            <wp:docPr id="1611962117" name="Picture 1"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79F8321B" wp14:editId="7B362F8D">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>22860</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>350520</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="5663565" cy="1304925"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21442"/>
+                <wp:lineTo x="21506" y="21442"/>
+                <wp:lineTo x="21506" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="1" name="Picture 1" descr="F:\ΓΕΝΙΚΗ ΓΡΑΜΜΑΤΕΙΑ\ΠΟΛΥΔΥΝΑΜΟ ΚΕΝΤΡΟ\ΔΙΑΦΟΡΑ\2009\ΛΟΤΟΤΥΠΑ ΕΜΒΛΗΜΑΤΑ\Λογοτυπο με λογια copy.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="F:\ΓΕΝΙΚΗ ΓΡΑΜΜΑΤΕΙΑ\ΠΟΛΥΔΥΝΑΜΟ ΚΕΝΤΡΟ\ΔΙΑΦΟΡΑ\2009\ΛΟΤΟΤΥΠΑ ΕΜΒΛΗΜΑΤΑ\Λογοτυπο με λογια copy.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5">
-[...5 lines deleted...]
-                    </a:blip>
+                    <a:blip r:embed="rId6" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4568098" cy="1038545"/>
+                      <a:ext cx="5663565" cy="1304925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D5C3E52" w14:textId="3084A18A" w:rsidR="00A51BFF" w:rsidRPr="00A87B8C" w:rsidRDefault="00A51BFF" w:rsidP="00811687">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00A87B8C">
+    <w:p w14:paraId="711F42C2" w14:textId="4CDE002E" w:rsidR="009A7849" w:rsidRPr="00DF50BD" w:rsidRDefault="009A7849" w:rsidP="009A7849">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>ΑΝΑΚΟΙΝΩΣΗ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5750F2D4" w14:textId="77777777" w:rsidR="009A7849" w:rsidRPr="00DF50BD" w:rsidRDefault="009A7849" w:rsidP="009A7849">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12404F8C" w14:textId="77777777" w:rsidR="00787775" w:rsidRDefault="00F66F77" w:rsidP="001C4E5C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Εγγραφές </w:t>
+      </w:r>
+      <w:r w:rsidR="00787775">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">παιδιών στο </w:t>
+      </w:r>
+      <w:r w:rsidR="004407FC" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>Πολυδύναμο Δημοτικ</w:t>
+      </w:r>
+      <w:r w:rsidR="00787775">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>ό</w:t>
+      </w:r>
+      <w:r w:rsidR="004407FC" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Κέντρο Λευκωσίας</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79C702F3" w14:textId="6D388CF5" w:rsidR="00B66C01" w:rsidRPr="00DF50BD" w:rsidRDefault="00F66F77" w:rsidP="001C4E5C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>Σχολική Περ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30525" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>ίο</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>δο</w:t>
+      </w:r>
+      <w:r w:rsidR="00787775">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>ς</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB544C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB27A4" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB544C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04B341CE" w14:textId="6BF02A97" w:rsidR="001C4E5C" w:rsidRPr="00DF50BD" w:rsidRDefault="001C4E5C" w:rsidP="001C4E5C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62C928D3" w14:textId="17D28C78" w:rsidR="004002C6" w:rsidRPr="00787775" w:rsidRDefault="00A4142E" w:rsidP="00787775">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787775">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Το </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787775">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>Πολυδύναμο Δημοτικό Κέντρο Λευκωσίας</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A87B8C">
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00D101CF" w:rsidRPr="00787775">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00811687">
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00787775">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ανακοινώνει </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk480973092"/>
+      <w:r w:rsidR="00CB27A4" w:rsidRPr="00787775">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">την έναρξη </w:t>
+      </w:r>
+      <w:r w:rsidR="006322DF" w:rsidRPr="00787775">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>εγγραφ</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB27A4" w:rsidRPr="00787775">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>ών</w:t>
+      </w:r>
+      <w:r w:rsidR="00787775">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> για τη νέα Σχολική χρονιά 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB544C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A87B8C">
-[...5 lines deleted...]
-      <w:r w:rsidR="00811687" w:rsidRPr="00A87B8C">
+      <w:r w:rsidR="00787775">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB544C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00787775">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004407FC" w:rsidRPr="00787775">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>στα Κέντρα Προστασίας και Απασχόλησης Παιδιών</w:t>
+      </w:r>
+      <w:r w:rsidR="00787775">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ΚΠ&amp;ΑΠ) και στον Παιδοκομικό Σταθμ</w:t>
+      </w:r>
+      <w:r w:rsidR="00524B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>ό</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00524B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78EDA9F2" w14:textId="77777777" w:rsidR="007B7788" w:rsidRDefault="007B7788" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2047"/>
+        <w:gridCol w:w="1524"/>
+        <w:gridCol w:w="1445"/>
+        <w:gridCol w:w="1805"/>
+        <w:gridCol w:w="2529"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CD77C6" w14:paraId="0A2254F2" w14:textId="2F8867AC" w:rsidTr="00CA38A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CA7826A" w14:textId="08B50316" w:rsidR="00787775" w:rsidRPr="00524B6D" w:rsidRDefault="00787775" w:rsidP="007B7788">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>ΠΡΟΓΡΑΜΜΑ</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD77C6" w:rsidRPr="00524B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>-ΗΛΙΚΙΕΣ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5142F107" w14:textId="71CB9E9C" w:rsidR="00787775" w:rsidRPr="00524B6D" w:rsidRDefault="00787775" w:rsidP="007B7788">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>ΩΡΑΡΙΟ ΛΕΙΤΟΥΡΓΙΑΣ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10256F30" w14:textId="45418D3D" w:rsidR="00787775" w:rsidRPr="00524B6D" w:rsidRDefault="00D329B0" w:rsidP="007B7788">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>ΔΙΑΘΕΣΙΜΕΣ ΘΕΣΕΙΣ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07274F85" w14:textId="6A60FCF6" w:rsidR="00787775" w:rsidRPr="00524B6D" w:rsidRDefault="00D329B0" w:rsidP="007B7788">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>ΧΡΕΩΣΕΙΣ</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD77C6" w:rsidRPr="00524B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>-ΚΡΙΤΗΡΙΑ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EFE05C8" w14:textId="2837829A" w:rsidR="00787775" w:rsidRPr="00524B6D" w:rsidRDefault="00D329B0" w:rsidP="007B7788">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>ΧΩΡΟΣ- ΔΙΚΑΙΟΥΧΟΙ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD77C6" w:rsidRPr="002C17F5" w14:paraId="33300EC1" w14:textId="12308A66" w:rsidTr="00CA38A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B710CD5" w14:textId="728CE5F0" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00787775" w:rsidP="00787775">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>Μετά το Κουδούνι</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62218128" w14:textId="52C74210" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00787775" w:rsidP="00787775">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>ΚΠ&amp;ΑΠ</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD77C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE5339">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD77C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>-12 ετών</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A64D30B" w14:textId="656F8058" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00BC5D5F" w:rsidP="00787775">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="00787775" w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>:0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00D329B0" w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00787775" w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D329B0" w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00787775" w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>16:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49011BF8" w14:textId="162FC6E8" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00D329B0" w:rsidP="00D329B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A9AE42A" w14:textId="4526AAD3" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00D329B0" w:rsidP="00D329B0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ΜΗΝΙΑΙΑ ΧΡΕΩΣΗ  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B3A1C21" w14:textId="3F99E9AE" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00D329B0" w:rsidP="00B45329">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Δημοτικό Σχολείο </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>Χατζηγιωργάκη</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>Κορνέσιου</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00B45329" w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+            <w:r w:rsidR="0079634E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B45329" w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Για τα παιδιά που φοιτούν στο Δημοτικό </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD77C6" w:rsidRPr="002C17F5" w14:paraId="5F23751C" w14:textId="2F561D38" w:rsidTr="00CA38A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ACE6A16" w14:textId="77777777" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00787775" w:rsidP="00787775">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Πολυπολιτισμικό Κέντρο Φροντίδας Παιδιών </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55B2C061" w14:textId="0ABAF2E8" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00787775" w:rsidP="00787775">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>ΚΠ&amp;ΑΠ</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD77C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE5339">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD77C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>-12 ετών</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="458B20E8" w14:textId="28BE0ACC" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00BC5D5F" w:rsidP="00787775">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>:0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D329B0" w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00787775" w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>18:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="057A2BB1" w14:textId="29062FAE" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00DE5339" w:rsidP="00D329B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30653F8C" w14:textId="63331941" w:rsidR="00D329B0" w:rsidRPr="00B45329" w:rsidRDefault="00D329B0" w:rsidP="00D329B0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>ΜΗΝΙΑΙΑ ΧΡΕΩΣΗ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AEADCC0" w14:textId="5B8F0108" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00D329B0" w:rsidP="00D329B0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Με </w:t>
+            </w:r>
+            <w:r w:rsidR="00CD77C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ειδικά </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> κριτήρια (</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD77C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">κατά </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>προτεραιότητα)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E8C6B2" w14:textId="4293A46E" w:rsidR="00B45329" w:rsidRDefault="00B45329" w:rsidP="00B45329">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>Κεντρικό κτ</w:t>
+            </w:r>
+            <w:r w:rsidR="002C17F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>ή</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>ριο Πολυδύναμου Δημοτικού Κέντρου Λευκωσίας</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>Λεωφ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0079634E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Νικηφόρου Φωκά  40, 1016 Λευκωσία. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15ABB14E" w14:textId="44C9DE29" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00B45329" w:rsidP="00B45329">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>Γ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ια παιδιά που φοιτούν σε Δημοτικά Σχολεία του Δημοτικού </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>Δ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>ιαμερίσματος Λευκωσίας</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD77C6" w:rsidRPr="002C17F5" w14:paraId="59D915C1" w14:textId="76BDCD82" w:rsidTr="00CA38A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E509853" w14:textId="0580ED8E" w:rsidR="00787775" w:rsidRPr="002F3BE0" w:rsidRDefault="00787775" w:rsidP="00787775">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ουράνιο Τόξο </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Παιδοκομικός </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD77C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>Σταθμός</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD77C6" w:rsidRPr="00CD77C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00D76F76" w:rsidRPr="002F3BE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 5 </w:t>
+            </w:r>
+            <w:r w:rsidR="002B0AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ετών </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24F08A3C" w14:textId="3517E18F" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00D329B0" w:rsidP="000570FA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>07:00</w:t>
+            </w:r>
+            <w:r w:rsidR="000570FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>18:00*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AF3F0CC" w14:textId="302DC76B" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00DE5339" w:rsidP="00D329B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55BBEEFF" w14:textId="13C0483E" w:rsidR="00D329B0" w:rsidRPr="00B45329" w:rsidRDefault="00D329B0" w:rsidP="00D329B0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>ΔΩΡΕΑΝ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B698326" w14:textId="0179DA76" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00D329B0" w:rsidP="00D329B0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Με </w:t>
+            </w:r>
+            <w:r w:rsidR="00CD77C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>ειδικά</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> κριτήρια</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A81DBB3" w14:textId="5781F545" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00B45329" w:rsidP="00B45329">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>Κτήριο «Γεωργία Πολυβίου».</w:t>
+            </w:r>
+            <w:r w:rsidR="00524B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ηρακλέους 27</w:t>
+            </w:r>
+            <w:r w:rsidR="00524B6D" w:rsidRPr="00524B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>α</w:t>
+            </w:r>
+            <w:r w:rsidR="00524B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 1016 Λευκωσία.    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Για νήπια του Δήμου Λευκωσίας </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0E201AC5" w14:textId="6F10CCA9" w:rsidR="007B7788" w:rsidRPr="00CD77C6" w:rsidRDefault="007B7788" w:rsidP="00CD77C6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk193718001"/>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="7B7FA440" w14:textId="7034FD5E" w:rsidR="000570FA" w:rsidRPr="000570FA" w:rsidRDefault="000570FA" w:rsidP="002C17F5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD77C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*δυνατότητα εξυπηρέτησης μέχρι τις 20:00 από </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD77C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>Δευ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD77C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD77C6" w:rsidRPr="00CD77C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD77C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>Παρ νοουμένου ότι αποδεδειγμένα οι γονείς εργάζονται μέχρι αργά και χρήζουν ανάγκης φύλαξης των παιδιών τους</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1776D377" w14:textId="77777777" w:rsidR="00524B6D" w:rsidRDefault="00524B6D" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00811687">
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EDC2B43" w14:textId="77777777" w:rsidR="00CA38A5" w:rsidRDefault="00CA38A5" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00811687" w:rsidRPr="00A87B8C">
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CCA618E" w14:textId="6E346D17" w:rsidR="007B7788" w:rsidRPr="00524B6D" w:rsidRDefault="00524B6D" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00811687">
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00524B6D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...8 lines deleted...]
-      <w:r w:rsidR="00680EFE" w:rsidRPr="00A87B8C">
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Οι αιτήσεις υποβάλλονται ηλεκτρονικά από τις </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5339" w:rsidRPr="002B0AEE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A87B8C">
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>02</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0AEE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00680EFE" w:rsidRPr="00A87B8C">
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>/0</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5339" w:rsidRPr="002B0AEE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A87B8C">
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0AEE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00680EFE" w:rsidRPr="00A87B8C">
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5339" w:rsidRPr="002B0AEE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A87B8C">
-[...14 lines deleted...]
-        <w:ind w:left="-360"/>
+      <w:r w:rsidRPr="002B0AEE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00A87B8C">
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> μέχρι και τ</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5339" w:rsidRPr="002B0AEE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00A87B8C">
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>ις</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5339" w:rsidRPr="002B0AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="002F3BE0" w:rsidRPr="002F3BE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>/0</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5339" w:rsidRPr="002B0AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5339" w:rsidRPr="002B0AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ή μέχρι την πλήρωση των θέσεων.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB544C" w:rsidRPr="002B0AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37788CDA" w14:textId="77777777" w:rsidR="00524B6D" w:rsidRDefault="00524B6D" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C15766D" w14:textId="77777777" w:rsidR="00524B6D" w:rsidRDefault="00524B6D" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="051B3EFA" w14:textId="77777777" w:rsidR="00CA38A5" w:rsidRDefault="00CA38A5" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50833C19" w14:textId="77777777" w:rsidR="00CA38A5" w:rsidRDefault="00CA38A5" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="473156F2" w14:textId="77777777" w:rsidR="00CA38A5" w:rsidRDefault="00CA38A5" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41FFD2FE" w14:textId="77777777" w:rsidR="00CA38A5" w:rsidRDefault="00CA38A5" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A06C4A2" w14:textId="77777777" w:rsidR="00CA38A5" w:rsidRDefault="00CA38A5" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A61172B" w14:textId="77777777" w:rsidR="00CA38A5" w:rsidRDefault="00CA38A5" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58C61211" w14:textId="77777777" w:rsidR="00524B6D" w:rsidRPr="002C17F5" w:rsidRDefault="00524B6D" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F0945F0" w14:textId="77777777" w:rsidR="002F3BE0" w:rsidRPr="002C17F5" w:rsidRDefault="002F3BE0" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D1BEBE0" w14:textId="77777777" w:rsidR="002F3BE0" w:rsidRPr="002C17F5" w:rsidRDefault="002F3BE0" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A6C9B18" w14:textId="77777777" w:rsidR="002F3BE0" w:rsidRPr="002C17F5" w:rsidRDefault="002F3BE0" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59EE375C" w14:textId="77777777" w:rsidR="004C7F3B" w:rsidRDefault="004C7F3B" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B8424E8" w14:textId="77777777" w:rsidR="00CA6518" w:rsidRPr="00DF50BD" w:rsidRDefault="00CA6518" w:rsidP="00B76963">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...48 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C894F4D" w14:textId="78D6A65C" w:rsidR="00E11168" w:rsidRPr="00DF50BD" w:rsidRDefault="009071E2" w:rsidP="00B76963">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk71898029"/>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>Οι ενδιαφερόμενοι γονείς παρακαλούνται όπως</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE5339">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> μελετήσουν προσεκτικά τα </w:t>
+      </w:r>
+      <w:r w:rsidR="00F66F77" w:rsidRPr="00DE5339">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>κριτήρια και κανονισμ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE5339">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ούς </w:t>
+      </w:r>
+      <w:r w:rsidR="00F66F77" w:rsidRPr="00DE5339">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>λειτουργίας</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE5339">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> των προγραμμάτων</w:t>
+      </w:r>
+      <w:r w:rsidR="00280E67" w:rsidRPr="00DE5339">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00261F9D" w:rsidRPr="00A87B8C">
-[...62 lines deleted...]
-        <w:r w:rsidRPr="00A87B8C">
+      <w:r w:rsidR="00F66F77" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">βλ. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
-          <w:t>https://www.nicosia.org.cy/el-GR/municipality/multipurpose-centre/ppkap/</w:t>
+          <w:t>https</w:t>
         </w:r>
-      </w:hyperlink>
-[...31 lines deleted...]
-        <w:r w:rsidRPr="00A87B8C">
+        <w:r w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:val="el-GR"/>
+          </w:rPr>
+          <w:t>://</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
-          <w:t>https://noiazomainicosia.intellisoft.gr/</w:t>
+          <w:t>www</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:val="el-GR"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>nicosia</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:val="el-GR"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>org</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:val="el-GR"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>cy</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:val="el-GR"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>el</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:val="el-GR"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>GR</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:val="el-GR"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>municipality</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:val="el-GR"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>multipurpose</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:val="el-GR"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>centre</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:val="el-GR"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>ppkap</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:val="el-GR"/>
+          </w:rPr>
+          <w:t>/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A87B8C">
-[...3 lines deleted...]
-        <w:t>  ).</w:t>
+      <w:r w:rsidR="00F66F77" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>και ακολουθήσουν την πιο κάτω διαδικασία για την ηλεκτρονική εγγραφή:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57328A68" w14:textId="77777777" w:rsidR="00A51BFF" w:rsidRPr="00A87B8C" w:rsidRDefault="00A51BFF" w:rsidP="00811687">
-      <w:pPr>
+    <w:p w14:paraId="06298C2C" w14:textId="77777777" w:rsidR="004E74F2" w:rsidRPr="00DF50BD" w:rsidRDefault="004E74F2" w:rsidP="00B76963">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="532D667C" w14:textId="0835E34D" w:rsidR="004E74F2" w:rsidRPr="00DF50BD" w:rsidRDefault="004E74F2" w:rsidP="00B76963">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:left="180" w:hanging="270"/>
-[...8 lines deleted...]
-        <w:t>Εγγραφή στην πλατφόρμα ενός από τους γονείς ή είσοδος σε υφιστάμενο λογαριασμό (ενήλικα).</w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Είσοδος στην ηλεκτρονική πλατφόρμα </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>«Νοιάζομαι»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00B76963" w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>https</w:t>
+        </w:r>
+        <w:r w:rsidR="00B76963" w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:val="el-GR"/>
+          </w:rPr>
+          <w:t>://</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00B76963" w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>noiazomainicosia</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00B76963" w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:val="el-GR"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00B76963" w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>intellisoft</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00B76963" w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:val="el-GR"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="00B76963" w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>gr</w:t>
+        </w:r>
+        <w:r w:rsidR="00B76963" w:rsidRPr="00DF50BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:val="el-GR"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B76963" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> )</w:t>
+      </w:r>
+      <w:r w:rsidR="00B76963" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48F4A09B" w14:textId="77777777" w:rsidR="00A51BFF" w:rsidRPr="00A87B8C" w:rsidRDefault="00A51BFF" w:rsidP="00811687">
-      <w:pPr>
+    <w:p w14:paraId="352CF47C" w14:textId="011B1D0B" w:rsidR="004E74F2" w:rsidRPr="00DF50BD" w:rsidRDefault="004E74F2" w:rsidP="00B76963">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:left="180" w:hanging="270"/>
-[...8 lines deleted...]
-        <w:t>Εγγραφή του παιδιού ως «Νέου Μέλος» του χρήστη της πλατφόρμας.</w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>Εγγραφή στην πλατφόρμα ενός από τους γονείς ή είσοδος σε υφιστάμενο λογαριασμό</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30525" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ενήλικα)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B76963" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BC23891" w14:textId="77777777" w:rsidR="00A51BFF" w:rsidRDefault="00A51BFF" w:rsidP="00811687">
-      <w:pPr>
+    <w:p w14:paraId="130AAA3F" w14:textId="165DAC36" w:rsidR="004E74F2" w:rsidRPr="00DF50BD" w:rsidRDefault="004E74F2" w:rsidP="00B76963">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:left="180" w:hanging="270"/>
-[...8 lines deleted...]
-        <w:t>Υποβολή αιτήματος («Νέο Αίτημα») για ένταξη του ήδη εγγεγραμμένου μέλους στο πρόγραμμα επιλογής, ακολουθώντας τις οδηγίες συμπλήρωσης και επισυνάπτοντας ή επιλέγοντας τα απαραίτητα παραστατικά (ισχύει για όσους έχουν ανεβάσει ήδη παραστατικά κατά τις εγγραφές της σχολικής περιόδου). Αιτήσεις που δεν θα περιλαμβάνουν όλα τα απαραίτητα παραστατικά δεν θα εγκρίνονται.</w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>Εγγραφή του παιδιού ως «Νέου Μέλος» του χρήστη</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30525" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> της πλατφόρμας</w:t>
+      </w:r>
+      <w:r w:rsidR="00B76963" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="520DAEBF" w14:textId="77777777" w:rsidR="00811687" w:rsidRPr="00A87B8C" w:rsidRDefault="00811687" w:rsidP="00811687">
-[...8 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="1D26C475" w14:textId="194ADAF1" w:rsidR="00C30525" w:rsidRPr="002F3BE0" w:rsidRDefault="0073667F" w:rsidP="00B76963">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...8 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>Υποβολή</w:t>
+      </w:r>
+      <w:r w:rsidR="004E74F2" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> αιτήματος </w:t>
+      </w:r>
+      <w:r w:rsidR="000E6E2D" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>(«Νέ</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2569" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>ο</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6E2D" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Αίτη</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2569" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>μα</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6E2D" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">») </w:t>
+      </w:r>
+      <w:r w:rsidR="001865CB" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">για ένταξη του ήδη </w:t>
+      </w:r>
+      <w:r w:rsidR="00C30525" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">εγγεγραμμένου μέλους στο πρόγραμμα </w:t>
+      </w:r>
+      <w:r w:rsidR="00C70EC4" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>επιλογής</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>, ακολουθώντας τις οδηγίες συμπλήρωσης</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6E2D" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> και επισυνάπτοντας </w:t>
+      </w:r>
+      <w:r w:rsidR="00C30525" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>ή επιλ</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6E2D" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>έγοντας τα</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30525" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> απαραίτητ</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6E2D" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>α</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30525" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> παραστατι</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6E2D" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>κά</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30525" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ισχύει για όσους έχουν ανεβάσει ήδη παραστατικά κατά τις εγγραφές καλοκαιρινών)</w:t>
+      </w:r>
+      <w:r w:rsidR="006E70AB" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="006E70AB" w:rsidRPr="002F3BE0">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>Αιτήσεις που δεν θα περιλαμβάνουν όλα τα απαραίτητα παραστατικά δεν θα εγκρίνονται</w:t>
+      </w:r>
+      <w:r w:rsidR="00320774" w:rsidRPr="002F3BE0">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00811687">
+          <w:color w:val="auto"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D982E1C" w14:textId="336533DC" w:rsidR="009071E2" w:rsidRPr="00DF50BD" w:rsidRDefault="009071E2" w:rsidP="00B76963">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="2D2ACC87" w14:textId="0714C449" w:rsidR="00CC0F6B" w:rsidRPr="00DF50BD" w:rsidRDefault="004407FC" w:rsidP="00B76963">
+      <w:pPr>
+        <w:pStyle w:val="Footer"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A87B8C">
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-        <w:t>.</w:t>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Πολυπολιτισμικό Κέντρο Φροντίδας Απασχόλησης Παιδιών Λευκωσίας» </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07A90937" w14:textId="77777777" w:rsidR="00A51BFF" w:rsidRPr="00A87B8C" w:rsidRDefault="00A51BFF" w:rsidP="00261F9D">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="66C9F8FA" w14:textId="2E725EE7" w:rsidR="006C1681" w:rsidRPr="003D53A4" w:rsidRDefault="00CA6518" w:rsidP="003D53A4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="202124"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D53A4">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="202124"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>Κόστη Συμμετοχής:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3BE86128" w14:textId="7ACAF272" w:rsidR="00811687" w:rsidRPr="00811687" w:rsidRDefault="00A51BFF" w:rsidP="00811687">
-[...14 lines deleted...]
-        <w:t>Κόστη Συμμετοχής:</w:t>
+    <w:p w14:paraId="762A0211" w14:textId="48F3EE56" w:rsidR="00603E97" w:rsidRPr="00DF50BD" w:rsidRDefault="00603E97" w:rsidP="00587BA5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="634"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="202124"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="202124"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="202124"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="202124"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6518" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="202124"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>   </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5125"/>
+        <w:gridCol w:w="4495"/>
+        <w:gridCol w:w="3960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00811687" w14:paraId="59FBFC86" w14:textId="77777777" w:rsidTr="00811687">
+      <w:tr w:rsidR="00F86FBA" w14:paraId="2CC435BA" w14:textId="77777777" w:rsidTr="00F86FBA">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5125" w:type="dxa"/>
+            <w:tcW w:w="4495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5938254E" w14:textId="6447317B" w:rsidR="00811687" w:rsidRPr="00811687" w:rsidRDefault="00811687" w:rsidP="00811687">
+          <w:p w14:paraId="60A1C623" w14:textId="5C4EC2E4" w:rsidR="00F86FBA" w:rsidRPr="00F86FBA" w:rsidRDefault="00F86FBA" w:rsidP="003D53A4">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00811687">
-[...21 lines deleted...]
-              <w:t>μήνα</w:t>
+            <w:r w:rsidRPr="00F86FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>Με ειδικά κριτήρια (</w:t>
+            </w:r>
+            <w:r w:rsidR="002B0AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">κατά </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F86FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">προτεραιότητα)                </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="393B2341" w14:textId="1C6D3064" w:rsidR="00F86FBA" w:rsidRDefault="00F86FBA" w:rsidP="003D53A4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Χωρίς ειδικά κριτήρια </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>        </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00811687" w14:paraId="0DA36E3E" w14:textId="77777777" w:rsidTr="00811687">
+      <w:tr w:rsidR="00F86FBA" w14:paraId="6C8A0106" w14:textId="77777777" w:rsidTr="00F86FBA">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5125" w:type="dxa"/>
+            <w:tcW w:w="4495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33137CB1" w14:textId="36600256" w:rsidR="00811687" w:rsidRPr="00811687" w:rsidRDefault="00811687" w:rsidP="00811687">
+          <w:p w14:paraId="7E4DF47D" w14:textId="0A5B401A" w:rsidR="00F86FBA" w:rsidRDefault="00F86FBA" w:rsidP="003D53A4">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00811687">
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> μήνα</w:t>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>1 παιδί €100/μήνα</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FA94A09" w14:textId="1F48983B" w:rsidR="00F86FBA" w:rsidRDefault="00F86FBA" w:rsidP="003D53A4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>1 παιδί  €150/μήνα</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>            </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00811687" w14:paraId="248A9E14" w14:textId="77777777" w:rsidTr="00811687">
+      <w:tr w:rsidR="00F86FBA" w14:paraId="17934E8D" w14:textId="77777777" w:rsidTr="00F86FBA">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5125" w:type="dxa"/>
+            <w:tcW w:w="4495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51C8EF21" w14:textId="5CC27747" w:rsidR="00811687" w:rsidRPr="00811687" w:rsidRDefault="00811687" w:rsidP="00811687">
+          <w:p w14:paraId="05564782" w14:textId="7B066554" w:rsidR="00F86FBA" w:rsidRPr="00F86FBA" w:rsidRDefault="00F86FBA" w:rsidP="00F86FBA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00811687">
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> μήνα</w:t>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>παιδιά</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>€</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>00/μήν</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>α</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A01F14F" w14:textId="6FEAC986" w:rsidR="00F86FBA" w:rsidRDefault="00F86FBA" w:rsidP="00F86FBA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>2 παιδιά € 300/μήνα</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00811687" w14:paraId="3359A26C" w14:textId="77777777" w:rsidTr="00811687">
+      <w:tr w:rsidR="00F86FBA" w14:paraId="718A5D52" w14:textId="77777777" w:rsidTr="00F86FBA">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5125" w:type="dxa"/>
+            <w:tcW w:w="4495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74DF3DFA" w14:textId="3BC722A5" w:rsidR="00811687" w:rsidRPr="00811687" w:rsidRDefault="00811687" w:rsidP="00811687">
+          <w:p w14:paraId="09392B74" w14:textId="1FD5BAB7" w:rsidR="00F86FBA" w:rsidRDefault="00F86FBA" w:rsidP="00F86FBA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00811687">
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> μήνα</w:t>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>3 παιδιά €250/μήνα</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7144A567" w14:textId="28C0BB87" w:rsidR="00F86FBA" w:rsidRDefault="00F86FBA" w:rsidP="00F86FBA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>3 παιδιά</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>€ 375/μήνα</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F86FBA" w14:paraId="1D95D78C" w14:textId="77777777" w:rsidTr="00F86FBA">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="642B0B32" w14:textId="7A6CABEF" w:rsidR="00F86FBA" w:rsidRDefault="00F86FBA" w:rsidP="00F86FBA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>4 παιδιά</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>€300/μήνα</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62597978" w14:textId="510B3507" w:rsidR="00F86FBA" w:rsidRDefault="00F86FBA" w:rsidP="00F86FBA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="202124"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>4 παιδιά € 450/μήνα</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1E391355" w14:textId="3D4E7343" w:rsidR="00E35A3D" w:rsidRPr="00A87B8C" w:rsidRDefault="00E35A3D" w:rsidP="00E35A3D">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="10CEBB7C" w14:textId="77777777" w:rsidR="003D53A4" w:rsidRDefault="003D53A4" w:rsidP="003D53A4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15BB0EA2" w14:textId="73470C57" w:rsidR="00261F9D" w:rsidRPr="00A87B8C" w:rsidRDefault="00A51BFF" w:rsidP="00811687">
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="7674CE92" w14:textId="7A25A242" w:rsidR="003D53A4" w:rsidRPr="003D53A4" w:rsidRDefault="003D53A4" w:rsidP="003D53A4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D53A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Το πρόγραμμα λειτουργεί με την συγχρηματοδότηση του Υφυπουργείου Κοινωνικής Πρόνοιας, του ιδρύματος Α. Γ. Λεβέντη και του Δήμου Λευκωσίας. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50345019" w14:textId="1D919C68" w:rsidR="00CA6518" w:rsidRPr="00DF50BD" w:rsidRDefault="00CA6518" w:rsidP="00587BA5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="634"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="202124"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="202124"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="202124"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00261F9D" w:rsidRPr="00A87B8C">
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="202124"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="202124"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009E482E" w:rsidRPr="00A87B8C">
-[...24 lines deleted...]
-        <w:br/>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="202124"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="202124"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="202124"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="202124"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="546F02DA" w14:textId="7DB23D9B" w:rsidR="00C45CEE" w:rsidRPr="00A87B8C" w:rsidRDefault="00C45CEE" w:rsidP="00811687">
-[...27 lines deleted...]
-      <w:r w:rsidR="00E35A3D" w:rsidRPr="00A87B8C">
+    <w:p w14:paraId="5F2CAEA1" w14:textId="0195D3F3" w:rsidR="00CA6518" w:rsidRPr="00DF50BD" w:rsidRDefault="004407FC" w:rsidP="00587BA5">
+      <w:pPr>
+        <w:pStyle w:val="Footer"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00EE7A18" w:rsidRPr="00A87B8C">
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>«Μετά το Κουδούνι»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77E7EB1C" w14:textId="21346DC0" w:rsidR="00084E89" w:rsidRDefault="00084E89" w:rsidP="003D53A4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk66970377"/>
+      <w:r w:rsidRPr="003D53A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>Κόστη Συμμετοχής:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11F568E3" w14:textId="77777777" w:rsidR="00F86FBA" w:rsidRPr="003D53A4" w:rsidRDefault="00F86FBA" w:rsidP="003D53A4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="535" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4500"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F86FBA" w14:paraId="59127E1D" w14:textId="77777777" w:rsidTr="00F86FBA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4500" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="480A9567" w14:textId="21CDF57C" w:rsidR="00F86FBA" w:rsidRDefault="00F86FBA" w:rsidP="00F86FBA">
+            <w:pPr>
+              <w:ind w:left="630"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>1 παιδί</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>120€/ μήνα</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F86FBA" w14:paraId="1950CA05" w14:textId="77777777" w:rsidTr="00F86FBA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4500" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="357D0C62" w14:textId="16D45EC2" w:rsidR="00F86FBA" w:rsidRDefault="00F86FBA" w:rsidP="00F86FBA">
+            <w:pPr>
+              <w:ind w:left="630"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>α</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> αδέρφια</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>240€/ μήνα</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F86FBA" w14:paraId="2B60BB9E" w14:textId="77777777" w:rsidTr="00F86FBA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4500" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B62E10E" w14:textId="0494A342" w:rsidR="00F86FBA" w:rsidRDefault="00F86FBA" w:rsidP="00F86FBA">
+            <w:pPr>
+              <w:ind w:left="630"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>α</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> αδέρφια</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>300€/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>μήνα</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F86FBA" w14:paraId="5C5C2DE6" w14:textId="77777777" w:rsidTr="00F86FBA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4500" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="390A5498" w14:textId="3C7DA432" w:rsidR="00F86FBA" w:rsidRPr="00F86FBA" w:rsidRDefault="00F86FBA" w:rsidP="00F86FBA">
+            <w:pPr>
+              <w:ind w:left="630"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>α</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> αδέρφια</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>360€/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>μήνα</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF50BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1CF3C0E7" w14:textId="77777777" w:rsidR="00206317" w:rsidRPr="00DF50BD" w:rsidRDefault="00206317" w:rsidP="00587BA5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="630"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="36F80556" w14:textId="77777777" w:rsidR="003D53A4" w:rsidRPr="003D53A4" w:rsidRDefault="003D53A4" w:rsidP="003D53A4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D53A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Το πρόγραμμα λειτουργεί με την συγχρηματοδότηση του Υφυπουργείου Κοινωνικής Πρόνοιας, του Δήμου Λευκωσίας, καθώς και με την συμβολή της Σχολικής Εφορείας Λευκωσίας και τη στήριξη του Συνδέσμου Γονέων του Σχολείου και της Διεύθυνσης του Σχολείου. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B25A133" w14:textId="77777777" w:rsidR="003D53A4" w:rsidRDefault="003D53A4" w:rsidP="003D53A4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00E35A3D" w:rsidRPr="00A87B8C">
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63F19712" w14:textId="6681584E" w:rsidR="003D53A4" w:rsidRPr="003D53A4" w:rsidRDefault="003D53A4" w:rsidP="003D53A4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00EE7A18" w:rsidRPr="00A87B8C">
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D53A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00E35A3D" w:rsidRPr="00A87B8C">
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>«Ουράνιο</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A87B8C">
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D53A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...1 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>Τόξο»</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41CD5789" w14:textId="77777777" w:rsidR="00C45CEE" w:rsidRPr="00A87B8C" w:rsidRDefault="00C45CEE" w:rsidP="00811687">
-[...9 lines deleted...]
-        <w:ind w:left="-450"/>
+    <w:p w14:paraId="645856D6" w14:textId="2C082C35" w:rsidR="003D53A4" w:rsidRDefault="003D53A4" w:rsidP="003D53A4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A87B8C">
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D53A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-        <w:t>Από το Πολυδύναμο Δημοτικό Κέντρο Λευκωσίας</w:t>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>ΔΩΡΕΑΝ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D65072D" w14:textId="77777777" w:rsidR="00811687" w:rsidRDefault="00811687" w:rsidP="00811687">
-[...1 lines deleted...]
-        <w:ind w:left="-450"/>
+    <w:p w14:paraId="349BB102" w14:textId="77777777" w:rsidR="00206317" w:rsidRPr="003D53A4" w:rsidRDefault="00206317" w:rsidP="003D53A4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39034589" w14:textId="7FE2DDD4" w:rsidR="00811687" w:rsidRDefault="00811687" w:rsidP="00811687">
-[...1 lines deleted...]
-        <w:ind w:left="-450"/>
+    <w:p w14:paraId="23FA0258" w14:textId="48106A9B" w:rsidR="003D53A4" w:rsidRPr="003D53A4" w:rsidRDefault="003D53A4" w:rsidP="003D53A4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Batang" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="-3"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D53A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>Το έργο υλοποιείται στο πλαίσιο του Προγράμματος Πολιτικής Συνοχής «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D53A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>ΘΑλΕΙΑ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D53A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2021 – 2027» με τη συγχρηματοδότηση της Ε.Ε.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4938B51F" w14:textId="77777777" w:rsidR="003D53A4" w:rsidRDefault="003D53A4" w:rsidP="003D53A4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A1A1FEA" w14:textId="1695E8FD" w:rsidR="003D53A4" w:rsidRDefault="002B1DD3" w:rsidP="003D53A4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>Ιανουάριος 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05593BF9" w14:textId="77777777" w:rsidR="00B57F92" w:rsidRDefault="00B57F92" w:rsidP="003D53A4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03C1F19A" w14:textId="77777777" w:rsidR="00B57F92" w:rsidRPr="003D53A4" w:rsidRDefault="00B57F92" w:rsidP="003D53A4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="139B4C47" w14:textId="38D6A655" w:rsidR="009B33EF" w:rsidRPr="00DF50BD" w:rsidRDefault="009A7849" w:rsidP="00147416">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1138"/>
+          <w:tab w:val="center" w:pos="6353"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-        <w:t>Μάρτιος 2025</w:t>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>Από το Πολυδύναμο Δημοτικό Κέντρο Λευκωσίας</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EACE33C" w14:textId="77777777" w:rsidR="00811687" w:rsidRDefault="00811687" w:rsidP="00C45CEE">
-[...1 lines deleted...]
-        <w:ind w:left="-851"/>
+    <w:p w14:paraId="6E2286D0" w14:textId="4CBA78FF" w:rsidR="00A77724" w:rsidRPr="00DF50BD" w:rsidRDefault="00A77724" w:rsidP="00786608">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
+          <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1165062E" w14:textId="77777777" w:rsidR="00811687" w:rsidRDefault="00811687" w:rsidP="00C45CEE">
-[...80 lines deleted...]
-      <w:pgMar w:top="450" w:right="1376" w:bottom="360" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
+    <w:sectPr w:rsidR="00A77724" w:rsidRPr="00DF50BD" w:rsidSect="00841C59">
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="0" w:right="1440" w:bottom="450" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="A1"/>
+    <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
-[...1 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="PMingLiU">
+    <w:altName w:val="新細明體"/>
+    <w:panose1 w:val="02010601000101010101"/>
+    <w:charset w:val="88"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-[...6 lines deleted...]
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="A1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Batang">
+    <w:altName w:val="바탕"/>
+    <w:panose1 w:val="02030600000101010101"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="03CD01E0"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="12E100B9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CE5E9B7C"/>
+    <w:lvl w:ilvl="0" w:tplc="0408000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
-[...1 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:lvl w:ilvl="1" w:tplc="04080019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
-[...1 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:lvl w:ilvl="2" w:tplc="0408001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="left"/>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0408000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
-[...1 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:lvl w:ilvl="4" w:tplc="04080019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
-[...1 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:lvl w:ilvl="5" w:tplc="0408001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
-      <w:lvlJc w:val="left"/>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0408000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
-[...1 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:lvl w:ilvl="7" w:tplc="04080019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
-[...1 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:lvl w:ilvl="8" w:tplc="0408001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="left"/>
-[...4 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2640104B"/>
-[...3 lines deleted...]
-      <w:start w:val="1"/>
+    <w:nsid w:val="22054819"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6B7E26B2"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24190A51"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="65CA9680"/>
+    <w:lvl w:ilvl="0" w:tplc="1FEC2B5E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1260" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1980" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2700" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3420" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4140" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4860" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5580" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6300" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="31427725"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="856872D2"/>
+    <w:lvl w:ilvl="0" w:tplc="0408000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04080019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0408001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0408000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04080019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0408001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0408000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04080019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0408001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40EB387C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="47201D5A"/>
+    <w:lvl w:ilvl="0" w:tplc="972CD80E">
+      <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
-      </w:pPr>
-[...115 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
-[...1 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="455D4F1A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BBAAE1A4"/>
+    <w:lvl w:ilvl="0" w:tplc="04080001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04080019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
-[...1 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:lvl w:ilvl="2" w:tplc="0408001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="left"/>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0408000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
-[...1 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:lvl w:ilvl="4" w:tplc="04080019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
-[...1 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:lvl w:ilvl="5" w:tplc="0408001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
-      <w:lvlJc w:val="left"/>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0408000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04080019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0408001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="478D2D82"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0B0AC452"/>
+    <w:lvl w:ilvl="0" w:tplc="04090009">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E3641CD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="44864902"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="519F09FB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="229AB130"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="627276B5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CB8EAA98"/>
+    <w:lvl w:ilvl="0" w:tplc="04090013">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="645C5BE6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="35881652"/>
+    <w:lvl w:ilvl="0" w:tplc="8E222FE0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C1A3B44"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5D5E6F18"/>
+    <w:lvl w:ilvl="0" w:tplc="2280DA2A">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="left"/>
-[...4 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1602058114">
+  <w:num w:numId="1" w16cid:durableId="1349215128">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="580992483">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2039041525">
+  <w:num w:numId="3" w16cid:durableId="1691762538">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1494908713">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="652178322">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="358548189">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="61023647">
+  <w:num w:numId="7" w16cid:durableId="85082763">
     <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="2112311111">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="601567767">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1059397238">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1124080220">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1431508343">
+    <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008C2C96"/>
-[...104 lines deleted...]
-    <w:rsid w:val="00FE7364"/>
+    <w:rsidRoot w:val="00542CFF"/>
+    <w:rsid w:val="00022874"/>
+    <w:rsid w:val="000570FA"/>
+    <w:rsid w:val="00063785"/>
+    <w:rsid w:val="00071F8C"/>
+    <w:rsid w:val="00074143"/>
+    <w:rsid w:val="00074CE5"/>
+    <w:rsid w:val="00076935"/>
+    <w:rsid w:val="0008498F"/>
+    <w:rsid w:val="00084E89"/>
+    <w:rsid w:val="0009203B"/>
+    <w:rsid w:val="00094198"/>
+    <w:rsid w:val="000A54D7"/>
+    <w:rsid w:val="000C6818"/>
+    <w:rsid w:val="000D0473"/>
+    <w:rsid w:val="000D339F"/>
+    <w:rsid w:val="000E6E2D"/>
+    <w:rsid w:val="000E74A6"/>
+    <w:rsid w:val="001101BB"/>
+    <w:rsid w:val="00113D56"/>
+    <w:rsid w:val="00115D30"/>
+    <w:rsid w:val="00121220"/>
+    <w:rsid w:val="00127CA4"/>
+    <w:rsid w:val="00134455"/>
+    <w:rsid w:val="00137D3B"/>
+    <w:rsid w:val="00143C4C"/>
+    <w:rsid w:val="00147416"/>
+    <w:rsid w:val="001717C7"/>
+    <w:rsid w:val="001725E6"/>
+    <w:rsid w:val="0017611F"/>
+    <w:rsid w:val="001865CB"/>
+    <w:rsid w:val="00194911"/>
+    <w:rsid w:val="00197380"/>
+    <w:rsid w:val="001A5C3B"/>
+    <w:rsid w:val="001B3879"/>
+    <w:rsid w:val="001B6BCC"/>
+    <w:rsid w:val="001C4E5C"/>
+    <w:rsid w:val="001D1877"/>
+    <w:rsid w:val="001D4D32"/>
+    <w:rsid w:val="001E1CD2"/>
+    <w:rsid w:val="001E4382"/>
+    <w:rsid w:val="001F2F1D"/>
+    <w:rsid w:val="001F5EF7"/>
+    <w:rsid w:val="002015DF"/>
+    <w:rsid w:val="00206317"/>
+    <w:rsid w:val="00217AF7"/>
+    <w:rsid w:val="002251CD"/>
+    <w:rsid w:val="00225C29"/>
+    <w:rsid w:val="00226C28"/>
+    <w:rsid w:val="0023126C"/>
+    <w:rsid w:val="002443EB"/>
+    <w:rsid w:val="00255028"/>
+    <w:rsid w:val="00280E67"/>
+    <w:rsid w:val="002852AC"/>
+    <w:rsid w:val="00290122"/>
+    <w:rsid w:val="00297D53"/>
+    <w:rsid w:val="002B06A0"/>
+    <w:rsid w:val="002B0AEE"/>
+    <w:rsid w:val="002B1DD3"/>
+    <w:rsid w:val="002C17F5"/>
+    <w:rsid w:val="002C4F89"/>
+    <w:rsid w:val="002D5B28"/>
+    <w:rsid w:val="002E0FEA"/>
+    <w:rsid w:val="002E3752"/>
+    <w:rsid w:val="002E6242"/>
+    <w:rsid w:val="002F3BE0"/>
+    <w:rsid w:val="00300653"/>
+    <w:rsid w:val="00302632"/>
+    <w:rsid w:val="00311C00"/>
+    <w:rsid w:val="00320774"/>
+    <w:rsid w:val="00332D93"/>
+    <w:rsid w:val="003346C5"/>
+    <w:rsid w:val="003437B5"/>
+    <w:rsid w:val="00346CBD"/>
+    <w:rsid w:val="00350BC8"/>
+    <w:rsid w:val="00352A7D"/>
+    <w:rsid w:val="00370BC5"/>
+    <w:rsid w:val="0039670B"/>
+    <w:rsid w:val="003B2417"/>
+    <w:rsid w:val="003D0A8C"/>
+    <w:rsid w:val="003D53A4"/>
+    <w:rsid w:val="003E52AC"/>
+    <w:rsid w:val="003F4DD8"/>
+    <w:rsid w:val="004002C6"/>
+    <w:rsid w:val="00401ADC"/>
+    <w:rsid w:val="00422873"/>
+    <w:rsid w:val="004407FC"/>
+    <w:rsid w:val="0044142A"/>
+    <w:rsid w:val="00441604"/>
+    <w:rsid w:val="00452F05"/>
+    <w:rsid w:val="00455ABB"/>
+    <w:rsid w:val="00462CE3"/>
+    <w:rsid w:val="00464C9D"/>
+    <w:rsid w:val="00471D48"/>
+    <w:rsid w:val="004772A2"/>
+    <w:rsid w:val="004805A6"/>
+    <w:rsid w:val="00483083"/>
+    <w:rsid w:val="00487416"/>
+    <w:rsid w:val="00491CDD"/>
+    <w:rsid w:val="004923F3"/>
+    <w:rsid w:val="004A1032"/>
+    <w:rsid w:val="004B50D1"/>
+    <w:rsid w:val="004C254A"/>
+    <w:rsid w:val="004C78EB"/>
+    <w:rsid w:val="004C7F3B"/>
+    <w:rsid w:val="004D4EE1"/>
+    <w:rsid w:val="004E178F"/>
+    <w:rsid w:val="004E74F2"/>
+    <w:rsid w:val="004F0445"/>
+    <w:rsid w:val="004F4F6D"/>
+    <w:rsid w:val="0050104A"/>
+    <w:rsid w:val="00510216"/>
+    <w:rsid w:val="00524B6D"/>
+    <w:rsid w:val="00542C4D"/>
+    <w:rsid w:val="00542CFF"/>
+    <w:rsid w:val="00546DA5"/>
+    <w:rsid w:val="00562C3B"/>
+    <w:rsid w:val="0057616D"/>
+    <w:rsid w:val="00587BA5"/>
+    <w:rsid w:val="00595346"/>
+    <w:rsid w:val="005B6CBF"/>
+    <w:rsid w:val="00603E97"/>
+    <w:rsid w:val="00612D3B"/>
+    <w:rsid w:val="0062190B"/>
+    <w:rsid w:val="00624C4F"/>
+    <w:rsid w:val="00625B89"/>
+    <w:rsid w:val="006322A8"/>
+    <w:rsid w:val="006322DF"/>
+    <w:rsid w:val="00635422"/>
+    <w:rsid w:val="00641F9F"/>
+    <w:rsid w:val="00643CCE"/>
+    <w:rsid w:val="006556CF"/>
+    <w:rsid w:val="00675AF2"/>
+    <w:rsid w:val="00676946"/>
+    <w:rsid w:val="00687658"/>
+    <w:rsid w:val="006977D6"/>
+    <w:rsid w:val="006C0022"/>
+    <w:rsid w:val="006C1681"/>
+    <w:rsid w:val="006D049B"/>
+    <w:rsid w:val="006D7D08"/>
+    <w:rsid w:val="006E70AB"/>
+    <w:rsid w:val="00707EB4"/>
+    <w:rsid w:val="007231D4"/>
+    <w:rsid w:val="0073667F"/>
+    <w:rsid w:val="00752630"/>
+    <w:rsid w:val="00770062"/>
+    <w:rsid w:val="00772FC2"/>
+    <w:rsid w:val="0077454F"/>
+    <w:rsid w:val="007863A3"/>
+    <w:rsid w:val="00786608"/>
+    <w:rsid w:val="00787775"/>
+    <w:rsid w:val="0079008A"/>
+    <w:rsid w:val="0079634E"/>
+    <w:rsid w:val="007A0B02"/>
+    <w:rsid w:val="007A3572"/>
+    <w:rsid w:val="007B0299"/>
+    <w:rsid w:val="007B7788"/>
+    <w:rsid w:val="007C2BF5"/>
+    <w:rsid w:val="007C2EA5"/>
+    <w:rsid w:val="007D12E1"/>
+    <w:rsid w:val="007D19DB"/>
+    <w:rsid w:val="007E6BD6"/>
+    <w:rsid w:val="007F6445"/>
+    <w:rsid w:val="00834C1B"/>
+    <w:rsid w:val="00836728"/>
+    <w:rsid w:val="00841C59"/>
+    <w:rsid w:val="008729A5"/>
+    <w:rsid w:val="008863BF"/>
+    <w:rsid w:val="00890815"/>
+    <w:rsid w:val="008C2CAD"/>
+    <w:rsid w:val="008E72CB"/>
+    <w:rsid w:val="008F2AB7"/>
+    <w:rsid w:val="008F4C48"/>
+    <w:rsid w:val="009071E2"/>
+    <w:rsid w:val="00913CC4"/>
+    <w:rsid w:val="009172EA"/>
+    <w:rsid w:val="0092142C"/>
+    <w:rsid w:val="00932946"/>
+    <w:rsid w:val="009368DC"/>
+    <w:rsid w:val="00956113"/>
+    <w:rsid w:val="0096244E"/>
+    <w:rsid w:val="00974684"/>
+    <w:rsid w:val="00975ADD"/>
+    <w:rsid w:val="009952A0"/>
+    <w:rsid w:val="009A7849"/>
+    <w:rsid w:val="009B306E"/>
+    <w:rsid w:val="009B33EF"/>
+    <w:rsid w:val="009B5820"/>
+    <w:rsid w:val="009C6CE8"/>
+    <w:rsid w:val="009E2D24"/>
+    <w:rsid w:val="009F4F17"/>
+    <w:rsid w:val="009F56B2"/>
+    <w:rsid w:val="009F6176"/>
+    <w:rsid w:val="00A03426"/>
+    <w:rsid w:val="00A06723"/>
+    <w:rsid w:val="00A4142E"/>
+    <w:rsid w:val="00A510B7"/>
+    <w:rsid w:val="00A628A9"/>
+    <w:rsid w:val="00A65586"/>
+    <w:rsid w:val="00A77724"/>
+    <w:rsid w:val="00A87E49"/>
+    <w:rsid w:val="00A97062"/>
+    <w:rsid w:val="00AA3922"/>
+    <w:rsid w:val="00AB107D"/>
+    <w:rsid w:val="00AB3033"/>
+    <w:rsid w:val="00AC3832"/>
+    <w:rsid w:val="00AD02F3"/>
+    <w:rsid w:val="00AE252D"/>
+    <w:rsid w:val="00AE45E7"/>
+    <w:rsid w:val="00AE6E85"/>
+    <w:rsid w:val="00AF619D"/>
+    <w:rsid w:val="00B155EF"/>
+    <w:rsid w:val="00B216E6"/>
+    <w:rsid w:val="00B33162"/>
+    <w:rsid w:val="00B45329"/>
+    <w:rsid w:val="00B465A0"/>
+    <w:rsid w:val="00B55A42"/>
+    <w:rsid w:val="00B57F92"/>
+    <w:rsid w:val="00B65ECF"/>
+    <w:rsid w:val="00B66C01"/>
+    <w:rsid w:val="00B75C88"/>
+    <w:rsid w:val="00B76963"/>
+    <w:rsid w:val="00B84D06"/>
+    <w:rsid w:val="00B8643C"/>
+    <w:rsid w:val="00B940EC"/>
+    <w:rsid w:val="00B97469"/>
+    <w:rsid w:val="00BA72F1"/>
+    <w:rsid w:val="00BB7447"/>
+    <w:rsid w:val="00BC5D5F"/>
+    <w:rsid w:val="00BC785D"/>
+    <w:rsid w:val="00BD289E"/>
+    <w:rsid w:val="00BD53AC"/>
+    <w:rsid w:val="00BE4B9C"/>
+    <w:rsid w:val="00BF7CF0"/>
+    <w:rsid w:val="00C02F35"/>
+    <w:rsid w:val="00C14A20"/>
+    <w:rsid w:val="00C200A3"/>
+    <w:rsid w:val="00C30525"/>
+    <w:rsid w:val="00C32000"/>
+    <w:rsid w:val="00C660C1"/>
+    <w:rsid w:val="00C70EC4"/>
+    <w:rsid w:val="00C75C34"/>
+    <w:rsid w:val="00C823A4"/>
+    <w:rsid w:val="00CA38A5"/>
+    <w:rsid w:val="00CA6518"/>
+    <w:rsid w:val="00CA6FD8"/>
+    <w:rsid w:val="00CA782C"/>
+    <w:rsid w:val="00CB27A4"/>
+    <w:rsid w:val="00CB544C"/>
+    <w:rsid w:val="00CC0F6B"/>
+    <w:rsid w:val="00CC7C04"/>
+    <w:rsid w:val="00CD2569"/>
+    <w:rsid w:val="00CD77C6"/>
+    <w:rsid w:val="00CE3F50"/>
+    <w:rsid w:val="00CF0ABB"/>
+    <w:rsid w:val="00D101CF"/>
+    <w:rsid w:val="00D125DF"/>
+    <w:rsid w:val="00D16BD4"/>
+    <w:rsid w:val="00D17588"/>
+    <w:rsid w:val="00D21211"/>
+    <w:rsid w:val="00D24039"/>
+    <w:rsid w:val="00D25B2F"/>
+    <w:rsid w:val="00D329B0"/>
+    <w:rsid w:val="00D34068"/>
+    <w:rsid w:val="00D36552"/>
+    <w:rsid w:val="00D537B6"/>
+    <w:rsid w:val="00D53902"/>
+    <w:rsid w:val="00D608F1"/>
+    <w:rsid w:val="00D76EBE"/>
+    <w:rsid w:val="00D76F76"/>
+    <w:rsid w:val="00D7701E"/>
+    <w:rsid w:val="00DB3F8A"/>
+    <w:rsid w:val="00DD0102"/>
+    <w:rsid w:val="00DE1CF3"/>
+    <w:rsid w:val="00DE5339"/>
+    <w:rsid w:val="00DE7692"/>
+    <w:rsid w:val="00DF50BD"/>
+    <w:rsid w:val="00E03CB8"/>
+    <w:rsid w:val="00E05EC6"/>
+    <w:rsid w:val="00E11168"/>
+    <w:rsid w:val="00E20349"/>
+    <w:rsid w:val="00E3301D"/>
+    <w:rsid w:val="00E452FE"/>
+    <w:rsid w:val="00E60E96"/>
+    <w:rsid w:val="00E777AE"/>
+    <w:rsid w:val="00E9204A"/>
+    <w:rsid w:val="00E93180"/>
+    <w:rsid w:val="00EA6C0C"/>
+    <w:rsid w:val="00EC11AD"/>
+    <w:rsid w:val="00EC2DB5"/>
+    <w:rsid w:val="00ED4C12"/>
+    <w:rsid w:val="00EE1CF9"/>
+    <w:rsid w:val="00F03FD8"/>
+    <w:rsid w:val="00F0765B"/>
+    <w:rsid w:val="00F20554"/>
+    <w:rsid w:val="00F3212E"/>
+    <w:rsid w:val="00F4695B"/>
+    <w:rsid w:val="00F54A2F"/>
+    <w:rsid w:val="00F66F77"/>
+    <w:rsid w:val="00F83229"/>
+    <w:rsid w:val="00F86FBA"/>
+    <w:rsid w:val="00F97926"/>
+    <w:rsid w:val="00F97B32"/>
+    <w:rsid w:val="00FA0BCE"/>
+    <w:rsid w:val="00FB3ABA"/>
+    <w:rsid w:val="00FB7F42"/>
+    <w:rsid w:val="00FC19F9"/>
+    <w:rsid w:val="00FC4F2F"/>
+    <w:rsid w:val="00FC67E3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="0FCB16FB"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{3C084A4F-1AEB-4B70-8D81-93AF0AF2A0B5}"/>
+  <w14:docId w14:val="14FF21CE"/>
+  <w15:docId w15:val="{87E6AE39-A5A2-4FAB-82EC-B16FCB10C1DC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:kern w:val="2"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-    <w:lsdException w:name="Normal" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...11 lines deleted...]
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -1937,971 +6269,619 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00300653"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2C96"/>
+    <w:rsid w:val="009A7849"/>
     <w:pPr>
       <w:keepNext/>
-      <w:keepLines/>
-      <w:spacing w:before="360" w:after="80"/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="333"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...44 lines deleted...]
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="PMingLiU" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:b/>
       <w:sz w:val="28"/>
-      <w:szCs w:val="28"/>
-[...123 lines deleted...]
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+      <w:lang w:val="el-GR" w:eastAsia="el-GR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...3 lines deleted...]
-    <w:rsid w:val="008C2C96"/>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00542CFF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...3 lines deleted...]
-      <w:lang w:val="el-GR" w:eastAsia="el-GR"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-    <w:name w:val="Heading 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading2"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="008C2C96"/>
+    <w:rsid w:val="00542CFF"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...3 lines deleted...]
-      <w:lang w:val="el-GR" w:eastAsia="el-GR"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-[...109 lines deleted...]
-    <w:rsid w:val="008C2C96"/>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="004C254A"/>
     <w:pPr>
-      <w:spacing w:after="80"/>
-      <w:contextualSpacing/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...87 lines deleted...]
-    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2C96"/>
+    <w:rsid w:val="00F0765B"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntenseEmphasis">
-    <w:name w:val="Intense Emphasis"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="21"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008C2C96"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009A7849"/>
     <w:rPr>
-      <w:i/>
-[...38 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="PMingLiU" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
       <w:lang w:val="el-GR" w:eastAsia="el-GR"/>
-    </w:rPr>
-[...12 lines deleted...]
-      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="00A51BFF"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BA72F1"/>
     <w:rPr>
-      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
+    <w:name w:val="Unresolved Mention1"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004E178F"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CC0F6B"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CC0F6B"/>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A51BFF"/>
+    <w:rsid w:val="00F66F77"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
-[...12 lines deleted...]
-    </w:tblPr>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B155EF"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B155EF"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="1811363058">
+    <w:div w:id="317274162">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:polidinamo@nicosiamunicipality.org.cy" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://noiazomainicosia.intellisoft.gr/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nicosia.org.cy/el-GR/municipality/multipurpose-centre/ppkap/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://noiazomainicosia.intellisoft.gr/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nicosia.org.cy/el-GR/municipality/multipurpose-centre/ppkap/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA28DB18-3AFC-432C-A407-846A2B9679B2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2175</Characters>
+  <Pages>2</Pages>
+  <Words>524</Words>
+  <Characters>2990</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>24</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company> </Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2447</CharactersWithSpaces>
+  <CharactersWithSpaces>3507</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Michaella Georgiou</dc:creator>
+  <dc:creator>Κατερίνα Μόρε</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>