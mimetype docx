--- v0 (2025-10-20)
+++ v1 (2026-02-06)
@@ -461,160 +461,116 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Program Operating Framework</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45808D9A" w14:textId="77777777" w:rsidR="009A08AC" w:rsidRPr="007D0798" w:rsidRDefault="009A08AC" w:rsidP="009A08AC">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FC53013" w14:textId="01B01BF0" w:rsidR="00A678A3" w:rsidRPr="007D0798" w:rsidRDefault="007B3FC2" w:rsidP="00E67828">
+    <w:p w14:paraId="6FC53013" w14:textId="0C8695BC" w:rsidR="00A678A3" w:rsidRPr="007D0798" w:rsidRDefault="007B3FC2" w:rsidP="00E67828">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Nicosia </w:t>
-[...12 lines deleted...]
-      <w:r w:rsidR="002A6B63">
+        <w:t>The Nicosia Multi</w:t>
+      </w:r>
+      <w:r w:rsidR="006220D0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>functional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Municipal</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81F3A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ity</w:t>
       </w:r>
-      <w:r w:rsidR="002A6B63" w:rsidRPr="007D0798">
-[...63 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Centre </w:t>
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>operates the project: "</w:t>
       </w:r>
       <w:r w:rsidR="001D25A7" w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Rainbow</w:t>
       </w:r>
       <w:r w:rsidR="00F81F3A">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
@@ -724,522 +680,420 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk125379305"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="00F25D44" w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">at the premises of the </w:t>
       </w:r>
       <w:r w:rsidR="00240DC9" w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">"Georgia </w:t>
-[...23 lines deleted...]
-        <w:t>" building</w:t>
+        <w:t>"Georgia Polyviou" building</w:t>
       </w:r>
       <w:r w:rsidR="00F25D44" w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="009A08AC" w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>at 27</w:t>
       </w:r>
       <w:r w:rsidR="009A08AC" w:rsidRPr="00F81F3A">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="009A08AC" w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Irakleous Street, 1016 in Nicosia and offers childcare </w:t>
+      </w:r>
+      <w:r w:rsidR="00F81F3A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">services </w:t>
+      </w:r>
+      <w:r w:rsidR="009A08AC" w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and quality </w:t>
+      </w:r>
+      <w:r w:rsidR="00F81F3A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Activities </w:t>
+      </w:r>
+      <w:r w:rsidR="009A08AC" w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for children aged 6 to 12 years. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="7AD22EA7" w14:textId="77777777" w:rsidR="00E67828" w:rsidRPr="007D0798" w:rsidRDefault="00E67828" w:rsidP="00E67828">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C54B048" w14:textId="3E96C1D2" w:rsidR="00C96880" w:rsidRPr="007D0798" w:rsidRDefault="009A08AC" w:rsidP="00C96880">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk103079809"/>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The program is registered </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with the Social Welfare Services of the Deputy Ministry of Social Welfare </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and operates </w:t>
+      </w:r>
+      <w:r w:rsidR="00F81F3A" w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>based on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Law and Regulations o</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81F3A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Child Protection and </w:t>
+      </w:r>
+      <w:r w:rsidR="00F81F3A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Activities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Centers. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07FB9E7D" w14:textId="77777777" w:rsidR="00C96880" w:rsidRPr="007D0798" w:rsidRDefault="00C96880" w:rsidP="00C96880">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AFBDD47" w14:textId="5BAC5F50" w:rsidR="00C96880" w:rsidRPr="007D0798" w:rsidRDefault="00BF7E76" w:rsidP="00C96880">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The project </w:t>
+      </w:r>
+      <w:r w:rsidR="001D25A7" w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81F3A" w:rsidRPr="00F81F3A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Street, 1016 in Nicosia and offers childcare </w:t>
+      <w:r w:rsidR="00F81F3A" w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Rainbow</w:t>
       </w:r>
       <w:r w:rsidR="00F81F3A">
         <w:rPr>
-          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">and quality </w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“ - </w:t>
+      </w:r>
+      <w:r w:rsidR="001D25A7" w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Children's Care and</w:t>
+      </w:r>
+      <w:r w:rsidR="007D0798">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F81F3A">
         <w:rPr>
-          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
-[...118 lines deleted...]
-        <w:t xml:space="preserve"> Law and Regulations o</w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Activities</w:t>
+      </w:r>
+      <w:r w:rsidR="001D25A7" w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Center – Child Protection and </w:t>
       </w:r>
       <w:r w:rsidR="00F81F3A">
         <w:rPr>
-          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
-[...71 lines deleted...]
-        <w:t xml:space="preserve">The project </w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Activity</w:t>
+      </w:r>
+      <w:r w:rsidR="007D0798">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001D25A7" w:rsidRPr="007D0798">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>"</w:t>
-[...108 lines deleted...]
-        </w:rPr>
         <w:t>Center</w:t>
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="002A6B63" w:rsidRPr="00800429">
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> “THALIA 2021-2027”.</w:t>
+      <w:r w:rsidR="00C96880" w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>is implemented within the framework of the Cohesion Policy Program "THALIA 2021 – 2027" with the co-financing of the EU".</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B64CBA8" w14:textId="77777777" w:rsidR="00BF7E76" w:rsidRPr="007D0798" w:rsidRDefault="00BF7E76" w:rsidP="00BF7E76">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
@@ -1360,249 +1214,151 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AAC1828" w14:textId="77777777" w:rsidR="009A08AC" w:rsidRPr="00916D41" w:rsidRDefault="0025091B" w:rsidP="00916D41">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Priority</w:t>
-[...45 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Priority/Target Groups</w:t>
+      </w:r>
       <w:r w:rsidR="009A08AC" w:rsidRPr="00916D41">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27278C54" w14:textId="77777777" w:rsidR="009A08AC" w:rsidRPr="005F1F4A" w:rsidRDefault="009A08AC" w:rsidP="005D1837">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="333F3C2C" w14:textId="77777777" w:rsidR="00A678A3" w:rsidRPr="007D0798" w:rsidRDefault="00A368DF" w:rsidP="00A678A3">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Hlk66958024"/>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Single-parent </w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> with low incomes (including single and widowed).</w:t>
+        <w:t>Single-parent family with low incomes (including single and widowed).</w:t>
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BF42CAB" w14:textId="77777777" w:rsidR="00A678A3" w:rsidRPr="007D0798" w:rsidRDefault="00A368DF" w:rsidP="00A678A3">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Large or five-member </w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> with low incomes.</w:t>
+        <w:t>Large or five-member family with low incomes.</w:t>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="_Hlk66965329"/>
     </w:p>
     <w:p w14:paraId="016256F2" w14:textId="77777777" w:rsidR="00A678A3" w:rsidRPr="007D0798" w:rsidRDefault="00A368DF" w:rsidP="00A678A3">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
@@ -1618,132 +1374,92 @@
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Unemployed </w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> with low incomes.</w:t>
+        <w:t>Unemployed parent(s) with low incomes.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="17E48A4B" w14:textId="43A04304" w:rsidR="00725431" w:rsidRPr="005F1F4A" w:rsidRDefault="007D0798" w:rsidP="00A678A3">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00725431">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="el-GR"/>
         </w:rPr>
-        <w:t>igrants</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">igrants </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="359A10F6" w14:textId="77777777" w:rsidR="003110FC" w:rsidRDefault="003110FC" w:rsidP="003110FC">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="728987EA" w14:textId="77777777" w:rsidR="00DB5B0E" w:rsidRPr="007D0798" w:rsidRDefault="00DB5B0E" w:rsidP="00CD7621">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
@@ -1829,501 +1545,309 @@
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E4CFDDB" w14:textId="77777777" w:rsidR="00D03A1D" w:rsidRPr="005F1F4A" w:rsidRDefault="00B106D1" w:rsidP="00A678A3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="el-GR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005F1F4A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="el-GR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Required</w:t>
-[...47 lines deleted...]
-    <w:p w14:paraId="7AB394C5" w14:textId="636D9DA3" w:rsidR="000F0CC2" w:rsidRPr="002A6B63" w:rsidRDefault="002A6B63" w:rsidP="000F0CC2">
+        <w:t>Required Certificates:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AB394C5" w14:textId="77777777" w:rsidR="000F0CC2" w:rsidRPr="007D0798" w:rsidRDefault="000F0CC2" w:rsidP="000F0CC2">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002A6B63">
+      <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
-        <w:t>For the purpose of</w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="565F3E14" w14:textId="21D2F6E5" w:rsidR="000F0CC2" w:rsidRPr="002A6B63" w:rsidRDefault="000F0CC2" w:rsidP="00A678A3">
+        <w:t>For the purpose of documenting the specific/social criteria, it is absolutely necessary to attach relevant supporting documents electronically as follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="565F3E14" w14:textId="21D2F6E5" w:rsidR="000F0CC2" w:rsidRPr="007D0798" w:rsidRDefault="000F0CC2" w:rsidP="00A678A3">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:iCs/>
-[...10 lines deleted...]
-          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t>For a single-parent family from the Pancyprian Association of Single-Parent Families and friends</w:t>
       </w:r>
-      <w:r w:rsidR="00F245D1" w:rsidRPr="002A6B63">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="00F245D1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve"> or other documentation</w:t>
       </w:r>
-      <w:r w:rsidRPr="002A6B63">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EDD707E" w14:textId="053C76AB" w:rsidR="00A678A3" w:rsidRPr="002A6B63" w:rsidRDefault="000F0CC2" w:rsidP="00A678A3">
+    <w:p w14:paraId="1EDD707E" w14:textId="6549FA41" w:rsidR="00A678A3" w:rsidRPr="007D0798" w:rsidRDefault="000F0CC2" w:rsidP="00A678A3">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:iCs/>
-[...10 lines deleted...]
-          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t>For a large family from the Pancyprian Organization of Large Families (P</w:t>
       </w:r>
-      <w:r w:rsidR="007D0798" w:rsidRPr="002A6B63">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t>.O.L.F</w:t>
       </w:r>
-      <w:r w:rsidRPr="002A6B63">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...40 lines deleted...]
-    <w:p w14:paraId="3031427A" w14:textId="1684E1A5" w:rsidR="00A678A3" w:rsidRPr="002A6B63" w:rsidRDefault="000F0CC2" w:rsidP="00A678A3">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3031427A" w14:textId="13487B84" w:rsidR="00A678A3" w:rsidRPr="007D0798" w:rsidRDefault="000F0CC2" w:rsidP="00A678A3">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:iCs/>
-[...10 lines deleted...]
-          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t>For a family of five from the Pancyprian Association of Five-Member Families (P</w:t>
       </w:r>
-      <w:r w:rsidR="007D0798" w:rsidRPr="002A6B63">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t>.A.F.M.F</w:t>
       </w:r>
-      <w:r w:rsidRPr="002A6B63">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
-        <w:t>.)</w:t>
-[...37 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>.).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CD01EB4" w14:textId="4C5CD715" w:rsidR="00A678A3" w:rsidRPr="007D0798" w:rsidRDefault="000F0CC2" w:rsidP="00A678A3">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002A6B63">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve">For a parent with a chronic illness and/or disability pension from the Ministry of </w:t>
-[...6 lines deleted...]
-          <w:iCs/>
+        <w:t>For a parent with a chronic illness and/or disability pension from the Ministry of Labour and Social Insurance (</w:t>
+      </w:r>
+      <w:r w:rsidR="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
-        <w:t>Labour</w:t>
-[...6 lines deleted...]
-          <w:iCs/>
+        <w:t>M.L.S.I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and Social Insurance (</w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t>.) and the Welfare Benefits Management Service (</w:t>
       </w:r>
       <w:r w:rsidR="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t>W.B.M.S)</w:t>
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the Deputy Ministry of Social Welfare</w:t>
       </w:r>
@@ -2487,544 +2011,488 @@
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="5711"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7469"/>
         <w:gridCol w:w="1280"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007D0798" w:rsidRPr="002A6B63" w14:paraId="254E4BA2" w14:textId="77777777" w:rsidTr="007D0798">
+      <w:tr w:rsidR="007D0798" w:rsidRPr="00113454" w14:paraId="254E4BA2" w14:textId="77777777" w:rsidTr="007D0798">
         <w:trPr>
           <w:trHeight w:val="543"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8749" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5AFBCA38" w14:textId="459DCC28" w:rsidR="007D0798" w:rsidRPr="007D0798" w:rsidRDefault="002A6B63" w:rsidP="007D0798">
+          <w:p w14:paraId="5AFBCA38" w14:textId="77777777" w:rsidR="007D0798" w:rsidRPr="007D0798" w:rsidRDefault="007D0798" w:rsidP="007D0798">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007D0798">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>credit</w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> Table </w:t>
+              <w:t xml:space="preserve">Points Table </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0889B0BF" w14:textId="760B41D0" w:rsidR="007D0798" w:rsidRPr="007D0798" w:rsidRDefault="002A6B63" w:rsidP="007D0798">
+          <w:p w14:paraId="0889B0BF" w14:textId="77777777" w:rsidR="007D0798" w:rsidRPr="007D0798" w:rsidRDefault="007D0798" w:rsidP="007D0798">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9604C">
+            <w:r w:rsidRPr="007D0798">
               <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>(During the allocation of places, only documented information will be taken into consideration.)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D0798">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Only documented data will be taken into account when allocating seats)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D0798" w:rsidRPr="005F1F4A" w14:paraId="2EF8D9A4" w14:textId="77777777" w:rsidTr="007D0798">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7469" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47B83AD3" w14:textId="77777777" w:rsidR="007D0798" w:rsidRPr="005F1F4A" w:rsidRDefault="007D0798" w:rsidP="007D0798">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005F1F4A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Gross</w:t>
-[...59 lines deleted...]
-              <w:t>*</w:t>
+              <w:t>Gross Family Income*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01B59A9B" w14:textId="77777777" w:rsidR="007D0798" w:rsidRPr="005F1F4A" w:rsidRDefault="007D0798" w:rsidP="007D0798">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005F1F4A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Molecules</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D0798" w:rsidRPr="005F1F4A" w14:paraId="038A6A33" w14:textId="77777777" w:rsidTr="007D0798">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7469" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1BC23E4D" w14:textId="77777777" w:rsidR="007D0798" w:rsidRPr="005F1F4A" w:rsidRDefault="007D0798" w:rsidP="007D0798">
+          <w:p w14:paraId="1BC23E4D" w14:textId="77777777" w:rsidR="007D0798" w:rsidRPr="00A52CA4" w:rsidRDefault="007D0798" w:rsidP="007D0798">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005F1F4A">
+            <w:r w:rsidRPr="00A52CA4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Up</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> €19,500</w:t>
+              <w:t>Up to €19,500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05DCD2AA" w14:textId="77777777" w:rsidR="007D0798" w:rsidRPr="005F1F4A" w:rsidRDefault="007D0798" w:rsidP="007D0798">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F1F4A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D0798" w:rsidRPr="005F1F4A" w14:paraId="6D9DEC90" w14:textId="77777777" w:rsidTr="007D0798">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7469" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7018E0F8" w14:textId="77777777" w:rsidR="007D0798" w:rsidRPr="005F1F4A" w:rsidRDefault="007D0798" w:rsidP="007D0798">
+          <w:p w14:paraId="7018E0F8" w14:textId="77777777" w:rsidR="007D0798" w:rsidRPr="00A52CA4" w:rsidRDefault="007D0798" w:rsidP="007D0798">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F1F4A">
+            <w:r w:rsidRPr="00A52CA4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>€19.501-€39.000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1280" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="057B7E03" w14:textId="77777777" w:rsidR="007D0798" w:rsidRPr="005F1F4A" w:rsidRDefault="007D0798" w:rsidP="007D0798">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="43A99F3F" w14:textId="0E83875E" w:rsidR="00BA71D1" w:rsidRDefault="002A6B63" w:rsidP="002A6B63">
+    <w:p w14:paraId="0A073414" w14:textId="77777777" w:rsidR="007D0798" w:rsidRDefault="007D0798" w:rsidP="007D0798">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D111670" w14:textId="3FA3CD49" w:rsidR="000D5F5A" w:rsidRPr="007D0798" w:rsidRDefault="00A678A3" w:rsidP="000D5F5A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-[...9 lines deleted...]
-        <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*It may change according to the income limits that concern </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F758352" w14:textId="6A317D1D" w:rsidR="00BA71D1" w:rsidRPr="007D0798" w:rsidRDefault="00A678A3" w:rsidP="007D0798">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2894508F" w14:textId="77777777" w:rsidR="002A6B63" w:rsidRDefault="002A6B63" w:rsidP="00A678A3">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The child allowance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43A99F3F" w14:textId="77777777" w:rsidR="00BA71D1" w:rsidRDefault="00BA71D1" w:rsidP="007D0798">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D4F1EE2" w14:textId="77777777" w:rsidR="00A678A3" w:rsidRPr="007D0798" w:rsidRDefault="00A678A3" w:rsidP="00A678A3">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
-      </w:pPr>
-[...17 lines deleted...]
-          <w:b/>
+        <w:t>Low income is defined</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
-        <w:t>Low income is defined</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007D0798">
+        <w:t xml:space="preserve"> as the maximum annual gross family income, which applies to the receipt of the two higher categories of child benefit (for the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A52CA4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> as the maximum annual gross family income, which applies to the receipt of the two higher categories of child benefit (for the year 2021 it amounts to €19500 for the first and €39500 for the second).</w:t>
+        <w:t>year 2021 it amounts to €19500</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the first and €39500 for the second).</w:t>
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t>For an employee, an employer's certificate or an E.P. salary certificate is required. 63. For civil servants, the E.P. salary certificate is required. 63</w:t>
       </w:r>
@@ -3032,237 +2500,122 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F60ACA0" w14:textId="77777777" w:rsidR="00A678A3" w:rsidRPr="007D0798" w:rsidRDefault="00A678A3" w:rsidP="00A678A3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B5BA3D0" w14:textId="77777777" w:rsidR="002A6B63" w:rsidRDefault="002A6B63" w:rsidP="002A6B63">
+    <w:p w14:paraId="7ACB5EDF" w14:textId="77777777" w:rsidR="00565A62" w:rsidRPr="007D0798" w:rsidRDefault="00565A62" w:rsidP="00A678A3">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:b/>
-[...121 lines deleted...]
-    <w:p w14:paraId="67038EAA" w14:textId="77777777" w:rsidR="00A678A3" w:rsidRPr="002A6B63" w:rsidRDefault="00A678A3" w:rsidP="00B8626A">
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The distribution of places is made exclusively on the basis of the family's income, provided that it falls into the priority/target groups as mentioned in point 1a above.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67038EAA" w14:textId="77777777" w:rsidR="00A678A3" w:rsidRPr="007D0798" w:rsidRDefault="00A678A3" w:rsidP="00B8626A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-          <w:lang w:val="en" w:eastAsia="el-GR"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="0E850121" w14:textId="59F52648" w:rsidR="00B8626A" w:rsidRPr="005F1F4A" w:rsidRDefault="002A6B63" w:rsidP="00A678A3">
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E850121" w14:textId="77777777" w:rsidR="00B8626A" w:rsidRPr="005F1F4A" w:rsidRDefault="00B8626A" w:rsidP="00A678A3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="el-GR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F1F4A">
         <w:rPr>
-          <w:b/>
-[...11 lines deleted...]
-        <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="el-GR"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t>Required Child Certificates:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F88FBA6" w14:textId="77777777" w:rsidR="00B8626A" w:rsidRPr="007D0798" w:rsidRDefault="00423030" w:rsidP="007A1FF1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
@@ -3311,178 +2664,135 @@
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>special medical problems, as well as special nutrition issues of the children</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35FAB342" w14:textId="77777777" w:rsidR="0017312B" w:rsidRDefault="0017312B" w:rsidP="001D42BE">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DBBBD78" w14:textId="405964C5" w:rsidR="003859B3" w:rsidRPr="001D42BE" w:rsidRDefault="003859B3" w:rsidP="001D42BE">
+    <w:p w14:paraId="6DBBBD78" w14:textId="77777777" w:rsidR="003859B3" w:rsidRPr="001D42BE" w:rsidRDefault="00CD7621" w:rsidP="001D42BE">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5660A445" w14:textId="77777777" w:rsidR="0093675F" w:rsidRPr="005F1F4A" w:rsidRDefault="0093675F" w:rsidP="00A678A3">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005F1F4A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Registration</w:t>
-[...6 lines deleted...]
-          <w:color w:val="auto"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Registration Process</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="548AD8B0" w14:textId="77777777" w:rsidR="00A678A3" w:rsidRPr="005F1F4A" w:rsidRDefault="00A678A3" w:rsidP="00A678A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DA7A7CF" w14:textId="77777777" w:rsidR="00A678A3" w:rsidRPr="007D0798" w:rsidRDefault="0093675F" w:rsidP="00715BC7">
+      <w:pPr>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...74 lines deleted...]
-        <w:t xml:space="preserve">" </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Applications for inclusion in the program are accepted through the electronic platform "I care" </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53DDA22A" w14:textId="77777777" w:rsidR="00A678A3" w:rsidRPr="007D0798" w:rsidRDefault="00C81FDF" w:rsidP="00A678A3">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="007D0798">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://noiazomainicosia.intellisoft.gr/</w:t>
         </w:r>
@@ -3551,292 +2861,97 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A973BE2" w14:textId="77777777" w:rsidR="00E67B4F" w:rsidRPr="007D0798" w:rsidRDefault="003C7693" w:rsidP="003F766A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="709" w:hanging="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">In case the application is not accompanied by all the necessary supporting documents or has not been filled in correctly, it will be </w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> and an application will have to be submitted again. </w:t>
+        <w:t xml:space="preserve">In case the application is not accompanied by all the necessary supporting documents or has not been filled in correctly, it will be rejected and the order of priority will be given to the next application. In such a case, an e-mail will be sent and an application will have to be submitted again. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26E11782" w14:textId="77777777" w:rsidR="00BA58E5" w:rsidRPr="007D0798" w:rsidRDefault="00BA58E5" w:rsidP="00BA58E5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="244F97DE" w14:textId="77777777" w:rsidR="00E67B4F" w:rsidRPr="003B702C" w:rsidRDefault="0093675F" w:rsidP="00C96880">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Registrations will be made in a period that will be announced in time on the website of the Municipality of Nicosia and on Facebook (Nicosia Multipurpose Municipal Centre Official). </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC03FB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>It</w:t>
-[...149 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>It is estimated within May – June of each year.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C81D79F" w14:textId="77777777" w:rsidR="00E67B4F" w:rsidRPr="00E67B4F" w:rsidRDefault="00E67B4F" w:rsidP="00E67B4F">
       <w:pPr>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C39BC8A" w14:textId="77777777" w:rsidR="00E67B4F" w:rsidRPr="007D0798" w:rsidRDefault="0093675F" w:rsidP="00E67B4F">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -3873,73 +2988,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Children who secure a place must visit the programs from the 1st day</w:t>
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of the period in which they </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> or their absence must be justified in time. Otherwise, the place will be immediately assigned to another child. </w:t>
+        <w:t xml:space="preserve"> of the period in which they registered or their absence must be justified in time. Otherwise, the place will be immediately assigned to another child. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AEA2765" w14:textId="77777777" w:rsidR="00AC03FB" w:rsidRPr="007D0798" w:rsidRDefault="00AC03FB" w:rsidP="00E67B4F">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -3970,121 +3063,60 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="304F9804" w14:textId="77777777" w:rsidR="001A6204" w:rsidRPr="003D17D0" w:rsidRDefault="00715BC7" w:rsidP="005F1F4A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="567" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D17D0">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Period</w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> and Services </w:t>
+        <w:t xml:space="preserve">Period/Opening Hours and Services </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7887AFA3" w14:textId="77777777" w:rsidR="00975C71" w:rsidRPr="00975C71" w:rsidRDefault="00975C71" w:rsidP="00975C71">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0869E66C" w14:textId="77777777" w:rsidR="00D93D81" w:rsidRPr="007D0798" w:rsidRDefault="00D93D81" w:rsidP="005C4BBF">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
@@ -4133,71 +3165,51 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ̽</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p w14:paraId="61B9676B" w14:textId="77777777" w:rsidR="00975C71" w:rsidRPr="00975C71" w:rsidRDefault="00926FB9" w:rsidP="00975C71">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">and </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 07:00 -14:30</w:t>
+        <w:t>and Saturdays 07:00 -14:30</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20C157D4" w14:textId="77777777" w:rsidR="00423727" w:rsidRPr="007D0798" w:rsidRDefault="00975C71" w:rsidP="009413CE">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
@@ -4228,387 +3240,246 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>̽</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34531F55" w14:textId="77777777" w:rsidR="0014413F" w:rsidRDefault="00926FB9" w:rsidP="00926FB9">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">and </w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="50EA3B87" w14:textId="0F8BD1F7" w:rsidR="00F924FD" w:rsidRPr="002A6B63" w:rsidRDefault="00252EA6" w:rsidP="007D0798">
+        <w:t xml:space="preserve">and Saturdays 07:00 -14:30 ̽     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50EA3B87" w14:textId="0DABF28A" w:rsidR="00F924FD" w:rsidRPr="00A52CA4" w:rsidRDefault="00252EA6" w:rsidP="007D0798">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007D0798">
+      <w:r w:rsidRPr="00A52CA4">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>The program suspends its operation from 11 to 22 August 2025.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2BD67888" w14:textId="77777777" w:rsidR="002A6B63" w:rsidRPr="007D0798" w:rsidRDefault="002A6B63" w:rsidP="002A6B63">
+        <w:t>The program suspends its operation from 1</w:t>
+      </w:r>
+      <w:r w:rsidR="006A6832" w:rsidRPr="00A52CA4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A52CA4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to 2</w:t>
+      </w:r>
+      <w:r w:rsidR="006A6832" w:rsidRPr="00A52CA4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A52CA4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> August 202</w:t>
+      </w:r>
+      <w:r w:rsidR="006A6832" w:rsidRPr="00A52CA4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A52CA4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44FA8D2C" w14:textId="77777777" w:rsidR="00975C71" w:rsidRPr="00E24C60" w:rsidRDefault="00F924FD" w:rsidP="00F924FD">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
-        <w:ind w:left="720" w:firstLine="0"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="4F8EBEAB" w14:textId="77777777" w:rsidR="002A6B63" w:rsidRPr="00B657B8" w:rsidRDefault="002A6B63" w:rsidP="002A6B63">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             *</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>possibility of service until 20:00 from Mon-Fri and Saturday 07:00-14:30 provided that it is proven that parents work until late and need to take care of their children</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B06B6BC" w14:textId="77777777" w:rsidR="009413CE" w:rsidRPr="007D0798" w:rsidRDefault="00F402D6" w:rsidP="009413CE">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="567" w:hanging="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B657B8">
-[...204 lines deleted...]
-      <w:r w:rsidR="00F402D6" w:rsidRPr="007D0798">
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Observance of the schedule is essential for the smooth operation of the Programs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00F402D6" w:rsidRPr="007D0798">
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> parents repeatedly delay in picking up the child(ren), the provision of services will be interrupted after written notification. </w:t>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> In the event that parents repeatedly delay in picking up the child(ren), the provision of services will be interrupted after written notification. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B9D3DC3" w14:textId="77777777" w:rsidR="0093452D" w:rsidRPr="007D0798" w:rsidRDefault="0093452D" w:rsidP="0059557A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:sectPr w:rsidR="0093452D" w:rsidRPr="007D0798" w:rsidSect="0093452D">
           <w:headerReference w:type="default" r:id="rId11"/>
           <w:footerReference w:type="even" r:id="rId12"/>
           <w:footerReference w:type="default" r:id="rId13"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="0" w:footer="0" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
@@ -4735,50 +3606,113 @@
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43B4709B" w14:textId="77777777" w:rsidR="007D0798" w:rsidRDefault="007D0798" w:rsidP="0093452D">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:ind w:left="630" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="417917DD" w14:textId="77777777" w:rsidR="007D0798" w:rsidRDefault="007D0798" w:rsidP="0093452D">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent3"/>
+        <w:ind w:left="630" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="466EAF9B" w14:textId="77777777" w:rsidR="007D0798" w:rsidRDefault="007D0798" w:rsidP="0093452D">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent3"/>
+        <w:ind w:left="630" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="661AFBAA" w14:textId="77777777" w:rsidR="007D0798" w:rsidRPr="007D0798" w:rsidRDefault="007D0798" w:rsidP="0093452D">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent3"/>
+        <w:ind w:left="630" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49466DA1" w14:textId="77777777" w:rsidR="0093452D" w:rsidRDefault="0093452D" w:rsidP="009413CE">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent3"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="2DE89C78" w14:textId="77777777" w:rsidR="00DF3D52" w:rsidRPr="00DF3D52" w:rsidRDefault="00DF3D52" w:rsidP="009413CE">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:sectPr w:rsidR="00DF3D52" w:rsidRPr="00DF3D52" w:rsidSect="000D29C1">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1440" w:right="27" w:bottom="1440" w:left="1080" w:header="0" w:footer="0" w:gutter="0"/>
           <w:cols w:num="2" w:space="2"/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4FC77F69" w14:textId="77777777" w:rsidR="0059557A" w:rsidRPr="007D0798" w:rsidRDefault="0059557A" w:rsidP="0059557A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
@@ -4892,178 +3826,299 @@
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">January 6 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41C53E4B" w14:textId="77777777" w:rsidR="0059557A" w:rsidRPr="007D0798" w:rsidRDefault="0059557A" w:rsidP="0059557A">
+    <w:p w14:paraId="41C53E4B" w14:textId="0F33E5A5" w:rsidR="0059557A" w:rsidRPr="007D0798" w:rsidRDefault="0059557A" w:rsidP="0059557A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">February 23 (Clean Monday) </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="46F397EA" w14:textId="77777777" w:rsidR="0059557A" w:rsidRPr="007D0798" w:rsidRDefault="0059557A" w:rsidP="0059557A">
+        <w:t xml:space="preserve">February </w:t>
+      </w:r>
+      <w:r w:rsidR="00266132" w:rsidRPr="00B325CE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Clean Monday) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46F397EA" w14:textId="1FDA55AA" w:rsidR="0059557A" w:rsidRPr="00B325CE" w:rsidRDefault="0059557A" w:rsidP="0059557A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>25 March</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0A17CF97" w14:textId="77777777" w:rsidR="0059557A" w:rsidRPr="007D0798" w:rsidRDefault="0059557A" w:rsidP="0059557A">
+        <w:t>March</w:t>
+      </w:r>
+      <w:r w:rsidR="00C219A8" w:rsidRPr="00B325CE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A17CF97" w14:textId="0857B22E" w:rsidR="0059557A" w:rsidRPr="00B325CE" w:rsidRDefault="0059557A" w:rsidP="0059557A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">April 1st </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4E8396B1" w14:textId="77777777" w:rsidR="0059557A" w:rsidRPr="007D0798" w:rsidRDefault="0059557A" w:rsidP="0059557A">
+        <w:t>April 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E8396B1" w14:textId="53B5AF68" w:rsidR="0059557A" w:rsidRPr="007D0798" w:rsidRDefault="0059557A" w:rsidP="0059557A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>April 10 (Good Friday)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2938DF0A" w14:textId="77777777" w:rsidR="0059557A" w:rsidRPr="007D0798" w:rsidRDefault="0059557A" w:rsidP="0059557A">
+        <w:t xml:space="preserve">April </w:t>
+      </w:r>
+      <w:r w:rsidR="00D561FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Good Friday)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2938DF0A" w14:textId="7C1704B8" w:rsidR="0059557A" w:rsidRPr="007D0798" w:rsidRDefault="0059557A" w:rsidP="0059557A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>13th April (Easter Monday)</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3CF6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>May</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D561FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003F28C0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00C219A8" w:rsidRPr="00C219A8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(Easter Monday)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05D15B34" w14:textId="77777777" w:rsidR="0059557A" w:rsidRPr="007D0798" w:rsidRDefault="0059557A" w:rsidP="0059557A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -5074,152 +4129,203 @@
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">June 1 (Holy Spirit) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="011574BE" w14:textId="77777777" w:rsidR="0059557A" w:rsidRPr="007D0798" w:rsidRDefault="0059557A" w:rsidP="0059557A">
+    <w:p w14:paraId="2F2C3E85" w14:textId="0914F9E5" w:rsidR="0059557A" w:rsidRPr="00B325CE" w:rsidRDefault="0059557A" w:rsidP="0059557A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">August 15 (Assumption of the Virgin Mary) </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2F2C3E85" w14:textId="77777777" w:rsidR="0059557A" w:rsidRPr="007D0798" w:rsidRDefault="0059557A" w:rsidP="0059557A">
+        <w:t>October</w:t>
+      </w:r>
+      <w:r w:rsidR="00C219A8" w:rsidRPr="00B325CE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F672F36" w14:textId="3F1EF545" w:rsidR="0059557A" w:rsidRPr="007D0798" w:rsidRDefault="0059557A" w:rsidP="0059557A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>1 October</w:t>
-[...28 lines deleted...]
-    <w:p w14:paraId="448B071E" w14:textId="77777777" w:rsidR="0059557A" w:rsidRPr="007D0798" w:rsidRDefault="0059557A" w:rsidP="0059557A">
+        <w:t xml:space="preserve"> October</w:t>
+      </w:r>
+      <w:r w:rsidR="00C219A8" w:rsidRPr="00B325CE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="448B071E" w14:textId="1920E40A" w:rsidR="0059557A" w:rsidRPr="007D0798" w:rsidRDefault="0059557A" w:rsidP="0059557A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">December 24 - December 26 </w:t>
+        <w:t>December 24 -</w:t>
+      </w:r>
+      <w:r w:rsidR="00042299">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00042299">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="249CD9A0" w14:textId="77777777" w:rsidR="0059557A" w:rsidRPr="007D0798" w:rsidRDefault="0059557A" w:rsidP="0059557A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:sectPr w:rsidR="0059557A" w:rsidRPr="007D0798" w:rsidSect="0059557A">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1080" w:right="1080" w:bottom="1260" w:left="1080" w:header="0" w:footer="1134" w:gutter="0"/>
           <w:cols w:num="2" w:space="720"/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30558CCB" w14:textId="77777777" w:rsidR="0059557A" w:rsidRPr="007D0798" w:rsidRDefault="0059557A" w:rsidP="0059557A">
@@ -5241,292 +4347,386 @@
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">School Holidays: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72B20AEA" w14:textId="77777777" w:rsidR="0059557A" w:rsidRPr="007D0798" w:rsidRDefault="0059557A" w:rsidP="0059557A">
+    <w:p w14:paraId="72B20AEA" w14:textId="785C193A" w:rsidR="0059557A" w:rsidRPr="007D0798" w:rsidRDefault="0059557A" w:rsidP="0059557A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">22nd December 2025 - 6th January 2026 (Christmas Holidays) </w:t>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="00C219A8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3CF6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C219A8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> January</w:t>
+      </w:r>
+      <w:r w:rsidR="00C219A8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3CF6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Christmas Holidays) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3359B42F" w14:textId="77777777" w:rsidR="0059557A" w:rsidRPr="007D0798" w:rsidRDefault="0059557A" w:rsidP="0059557A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">January 30, 2026 (Feast of Letters - Three Hierarchs) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13624E9C" w14:textId="77777777" w:rsidR="0059557A" w:rsidRPr="007D0798" w:rsidRDefault="0059557A" w:rsidP="0059557A">
+    <w:p w14:paraId="13624E9C" w14:textId="298475CD" w:rsidR="0059557A" w:rsidRPr="007D0798" w:rsidRDefault="00C219A8" w:rsidP="0059557A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007D0798">
-[...10 lines deleted...]
-    <w:p w14:paraId="3D6E80DA" w14:textId="77777777" w:rsidR="0059557A" w:rsidRPr="00C37A00" w:rsidRDefault="0059557A" w:rsidP="0059557A">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">April </w:t>
+      </w:r>
+      <w:r w:rsidR="002128D2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>06</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 – </w:t>
+      </w:r>
+      <w:r w:rsidR="002128D2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>April</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002128D2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>7, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="002128D2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="0059557A" w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Easter Holidays)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D6E80DA" w14:textId="72014E37" w:rsidR="0059557A" w:rsidRPr="00C37A00" w:rsidRDefault="0059557A" w:rsidP="0059557A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C37A00">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>May</w:t>
-[...32 lines deleted...]
-    <w:p w14:paraId="5351FE4A" w14:textId="77777777" w:rsidR="0059557A" w:rsidRDefault="0059557A" w:rsidP="0059557A">
+        <w:t>May 21 (Ascension)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5351FE4A" w14:textId="4C90D646" w:rsidR="0059557A" w:rsidRDefault="0059557A" w:rsidP="0059557A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C37A00">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>June</w:t>
-[...49 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+        <w:t xml:space="preserve">June 11 (Apostolou Varnava) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B954796" w14:textId="77777777" w:rsidR="0059557A" w:rsidRPr="007D0798" w:rsidRDefault="0059557A" w:rsidP="0059557A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The center is open from 07:00 - 18:00 (school holiday schedule).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="744D2A86" w14:textId="1BC5ADC5" w:rsidR="00DF3D52" w:rsidRDefault="0059557A" w:rsidP="007D0798">
+    <w:p w14:paraId="744D2A86" w14:textId="1BC5ADC5" w:rsidR="00DF3D52" w:rsidRPr="007D0798" w:rsidRDefault="0059557A" w:rsidP="007D0798">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Local School Holidays </w:t>
       </w:r>
@@ -5554,112 +4754,82 @@
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>only</w:t>
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the afternoon (normal school schedule).</w:t>
       </w:r>
-    </w:p>
-[...14 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="4F6552FC" w14:textId="77777777" w:rsidR="00F402D6" w:rsidRPr="005F1F4A" w:rsidRDefault="00F402D6" w:rsidP="005F1F4A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005F1F4A">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Indicative</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> Services</w:t>
+        <w:t>Indicative Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D2D7492" w14:textId="77777777" w:rsidR="005C7F40" w:rsidRPr="007D0798" w:rsidRDefault="00AD4FC2" w:rsidP="005F1F4A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>During the School Period: Babysitting</w:t>
       </w:r>
@@ -5910,86 +5080,72 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>14:30-</w:t>
       </w:r>
       <w:r w:rsidR="009C3A1C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">16:30  </w:t>
       </w:r>
       <w:r w:rsidR="00AB7308" w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve">-  </w:t>
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Courses  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F375AD7" w14:textId="335C88CF" w:rsidR="00A84888" w:rsidRPr="007D0798" w:rsidRDefault="00A84888" w:rsidP="00A84888">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="90"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
@@ -6298,88 +5454,63 @@
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>09:30-</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">12:45  </w:t>
+        <w:t xml:space="preserve">09:30-12:45  </w:t>
       </w:r>
       <w:r w:rsidR="00A87BAA" w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve">-  </w:t>
       </w:r>
       <w:r w:rsidR="00A87BAA" w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Various Educational Activities </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3896BC43" w14:textId="7E78E923" w:rsidR="00A87BAA" w:rsidRPr="007D0798" w:rsidRDefault="00A87BAA" w:rsidP="00A87BAA">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="90"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
@@ -6576,108 +5707,97 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">* The curriculum is announced at the beginning of each period </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68510CD6" w14:textId="01C20330" w:rsidR="0090510A" w:rsidRPr="007D0798" w:rsidRDefault="009F7840" w:rsidP="0093452D">
+    <w:p w14:paraId="68510CD6" w14:textId="0B8E7BDA" w:rsidR="0090510A" w:rsidRPr="007D0798" w:rsidRDefault="009F7840" w:rsidP="0093452D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="806"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>"</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Batang" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>During</w:t>
+        <w:t xml:space="preserve"> During</w:t>
       </w:r>
       <w:r w:rsidR="009C3A1C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Batang" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Batang" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> operation of the Center</w:t>
+        <w:t xml:space="preserve"> the operation of the Center</w:t>
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Batang" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, breakfast is not offered</w:t>
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Batang" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. Parents are asked to make sure that children have a </w:t>
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Batang" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
@@ -6698,150 +5818,129 @@
         </w:rPr>
         <w:t>breakfast</w:t>
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> with them (e.g. a sandwich, with juice/milk and/or fruit). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0866585E" w14:textId="77777777" w:rsidR="0093452D" w:rsidRPr="007D0798" w:rsidRDefault="0093452D" w:rsidP="0093452D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="806"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5958D3D5" w14:textId="77E61CC0" w:rsidR="00826F42" w:rsidRPr="005F1F4A" w:rsidRDefault="009D3B75" w:rsidP="00E058AB">
+    <w:p w14:paraId="5958D3D5" w14:textId="77777777" w:rsidR="00826F42" w:rsidRPr="005F1F4A" w:rsidRDefault="00826F42" w:rsidP="00E058AB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005F1F4A">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-          <w:lang w:val="en-US"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> the Center</w:t>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Contact the Center</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FC3695F" w14:textId="77777777" w:rsidR="008E3412" w:rsidRPr="0093452D" w:rsidRDefault="008E3412" w:rsidP="000D5F5A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">           Opening hours of the Center:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46AE36EE" w14:textId="08D8FF1B" w:rsidR="009B1A7D" w:rsidRPr="007D0798" w:rsidRDefault="008E3412" w:rsidP="00B35177">
+    <w:p w14:paraId="46AE36EE" w14:textId="77777777" w:rsidR="009B1A7D" w:rsidRPr="007D0798" w:rsidRDefault="008E3412" w:rsidP="00B35177">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">           Assistant Program Officer and/or </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Childcares </w:t>
+        <w:t xml:space="preserve">           Assistant Program Officer and/or Team Managers</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="247E2500" w14:textId="77777777" w:rsidR="00E40977" w:rsidRPr="007D0798" w:rsidRDefault="00E40977" w:rsidP="00B35177">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t>Tel. 22797898</w:t>
       </w:r>
@@ -6866,77 +5965,65 @@
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Office Hours:</w:t>
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> tel. 22797893 </w:t>
-[...10 lines deleted...]
-        <w:t>email:</w:t>
+        <w:t xml:space="preserve"> tel. 22797893 email:</w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="000D5F5A" w:rsidRPr="007D0798">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>polidinamo@nicosiamunicipality.org.cy</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="0070500D" w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="368A3865" w14:textId="77777777" w:rsidR="00B13AF6" w:rsidRPr="007D0798" w:rsidRDefault="009B1A7D" w:rsidP="00CE00A5">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -6967,82 +6054,109 @@
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> unless it is an emergency. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FA25667" w14:textId="77777777" w:rsidR="00CE00A5" w:rsidRPr="007D0798" w:rsidRDefault="00CE00A5" w:rsidP="00CE00A5">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41D993D8" w14:textId="77777777" w:rsidR="00826F42" w:rsidRPr="007D0798" w:rsidRDefault="00826F42" w:rsidP="00E058AB">
+    <w:p w14:paraId="41D993D8" w14:textId="77777777" w:rsidR="00826F42" w:rsidRDefault="00826F42" w:rsidP="00E058AB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Pick-up of child(ren)</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="00F81C26" w14:textId="44BAD034" w:rsidR="00A52CA4" w:rsidRPr="00A52CA4" w:rsidRDefault="00A52CA4" w:rsidP="00A52CA4">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A52CA4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>During the school period, parents bear sole responsibility for their children while they are at school, until they are picked up by the Center’s by the Center’s bus, which is expected to arrive by 1:30 p.m.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="5309AAFF" w14:textId="77777777" w:rsidR="005402B5" w:rsidRDefault="00826F42" w:rsidP="00382074">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The departure of the child(ren) will take place </w:t>
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
@@ -7065,128 +6179,104 @@
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>later</w:t>
       </w:r>
       <w:r w:rsidR="00873850" w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> than 15:00 or 18:00 or 20:00</w:t>
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> respectively. In case they are picked up by other </w:t>
-[...24 lines deleted...]
-    <w:p w14:paraId="54D114B1" w14:textId="77777777" w:rsidR="009D3B75" w:rsidRPr="007D0798" w:rsidRDefault="009D3B75" w:rsidP="00382074">
+        <w:t xml:space="preserve"> respectively. In case they are picked up by other persons, this will only be done with written consent (e-mail or SMS) from the parent or guardian and will entail full responsibility on their part.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12875767" w14:textId="77777777" w:rsidR="00A52CA4" w:rsidRPr="007D0798" w:rsidRDefault="00A52CA4" w:rsidP="00382074">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34F1D732" w14:textId="128C6905" w:rsidR="00DF49AC" w:rsidRPr="009D3B75" w:rsidRDefault="00DF49AC" w:rsidP="00DF49AC">
+    <w:p w14:paraId="34F1D732" w14:textId="77777777" w:rsidR="00DF49AC" w:rsidRPr="00DD23BD" w:rsidRDefault="00DF49AC" w:rsidP="00DF49AC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009D3B75" w:rsidRPr="004E7846">
+      <w:r w:rsidRPr="00DD23BD">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-          <w:lang w:val="en"/>
-[...1 lines deleted...]
-        <w:t>Medications/ Medical Problems</w:t>
+        </w:rPr>
+        <w:t>Medication Administration/ Medical Problems</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CD97BD8" w14:textId="77777777" w:rsidR="00DF49AC" w:rsidRPr="007D0798" w:rsidRDefault="00DF49AC" w:rsidP="00DF49AC">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="706"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
@@ -7206,99 +6296,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7E70EFC5" w14:textId="77777777" w:rsidR="00DF49AC" w:rsidRPr="007D0798" w:rsidRDefault="00DF49AC" w:rsidP="00DF49AC">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="706"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Parents are obliged to inform the Centre in writing of any </w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> the children.</w:t>
+        <w:t>Parents are obliged to inform the Centre in writing of any particular medical problems, as well as special nutrition issues of the children.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DAB64C2" w14:textId="77777777" w:rsidR="00B35177" w:rsidRPr="007D0798" w:rsidRDefault="00B35177" w:rsidP="005402B5">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43453A9F" w14:textId="77777777" w:rsidR="00732620" w:rsidRPr="007D0798" w:rsidRDefault="00732620" w:rsidP="00732620">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -7311,65 +6353,56 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Termination of Services to a Child </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51E6BEED" w14:textId="77777777" w:rsidR="00732620" w:rsidRPr="007D0798" w:rsidRDefault="00732620" w:rsidP="00732620">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>In the event that</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> a child does not cooperate and is repeatedly unable to follow the instructions of the Responsible Escorts, as well as in cases where a child presents severe psycho-emotional problems, the following procedure will be followed:</w:t>
+        <w:t>In the event that a child does not cooperate and is repeatedly unable to follow the instructions of the Responsible Escorts, as well as in cases where a child presents severe psycho-emotional problems, the following procedure will be followed:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C3769C9" w14:textId="77777777" w:rsidR="0074435B" w:rsidRPr="007D0798" w:rsidRDefault="0074435B" w:rsidP="00732620">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14E1F5C6" w14:textId="77777777" w:rsidR="00732620" w:rsidRPr="007D0798" w:rsidRDefault="00732620" w:rsidP="00732620">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
@@ -7424,303 +6457,254 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">If the problem continues to exist and serious dysfunction is created in the program, the Nicosia Multipurpose Municipal Centre reserves the right to terminate the child's participation, after informing the parent. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DC4146A" w14:textId="77777777" w:rsidR="00732620" w:rsidRPr="007D0798" w:rsidRDefault="00732620" w:rsidP="00732620">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">After the above actions have been followed and after another three days have elapsed, the child's behavior does not improve, the services to the parents are interrupted by written </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="16501CE6" w14:textId="77777777" w:rsidR="00EB7788" w:rsidRPr="007D0798" w:rsidRDefault="00732620" w:rsidP="00EB7788">
+        <w:t>After the above actions have been followed and after another three days have elapsed, the child's behavior does not improve, the services to the parents are interrupted by written letter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BB03EBC" w14:textId="58F5D97E" w:rsidR="00113454" w:rsidRPr="00113454" w:rsidRDefault="00732620" w:rsidP="00113454">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>In cases where neglect of the child or other serious problems, such as violence in the family, the Assistant Program Officer is obliged, in consultation with the competent Program Officer, to immediately inform the competent officer of the Social Welfare Services.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A7156BC" w14:textId="77777777" w:rsidR="00DD23BD" w:rsidRDefault="00DD23BD" w:rsidP="00DF3D52">
+    <w:p w14:paraId="15761E35" w14:textId="77777777" w:rsidR="00113454" w:rsidRDefault="00113454" w:rsidP="00113454">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="111111"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Furthermore, in cases where the Assistant Officer observes behaviors or difficulties that may affect the child’s participation in the program or the safety of the child or </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="111111"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>others, they may inform the parents/guardians and suggest a consultative evaluation by appropriate specialists with the aim of providing better support for the child.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29648330" w14:textId="77777777" w:rsidR="007D0798" w:rsidRDefault="007D0798" w:rsidP="00DF3D52">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="430D9070" w14:textId="77777777" w:rsidR="007D0798" w:rsidRDefault="007D0798" w:rsidP="00DF3D52">
+    <w:p w14:paraId="5BAEFA75" w14:textId="77777777" w:rsidR="007D0798" w:rsidRPr="00DF3D52" w:rsidRDefault="007D0798" w:rsidP="00DF3D52">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="724BE935" w14:textId="77777777" w:rsidR="007D0798" w:rsidRDefault="007D0798" w:rsidP="00DF3D52">
-[...35 lines deleted...]
-    <w:p w14:paraId="45514DDA" w14:textId="77777777" w:rsidR="009D3B75" w:rsidRPr="004E7846" w:rsidRDefault="009D3B75" w:rsidP="009D3B75">
+    <w:p w14:paraId="09192019" w14:textId="77777777" w:rsidR="00DD23BD" w:rsidRPr="00DD23BD" w:rsidRDefault="00DD23BD" w:rsidP="00DD23BD">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00DD23BD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-        <w:t>Punctuality with Operating Hours</w:t>
+        </w:rPr>
+        <w:t>Observance of Opening Hours</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23F12298" w14:textId="77777777" w:rsidR="00DD23BD" w:rsidRPr="00285299" w:rsidRDefault="00DD23BD" w:rsidP="00DD23BD">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74C8EDF1" w14:textId="77777777" w:rsidR="00DD23BD" w:rsidRPr="00DF3D52" w:rsidRDefault="00DD23BD" w:rsidP="00DF3D52">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> to the schedule is essential for the smooth operation of the program</w:t>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Strict  adherence to the schedule is essential for the smooth operation of the program</w:t>
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> parents repeatedly delay in picking up the child(ren), the provision of services will be interrupted after written notification. </w:t>
+        <w:t xml:space="preserve"> In the event that parents repeatedly delay in picking up the child(ren), the provision of services will be interrupted after written notification. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B5D36C0" w14:textId="77777777" w:rsidR="00AE1AA0" w:rsidRPr="005F1F4A" w:rsidRDefault="00AE1AA0" w:rsidP="001402FD">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005F1F4A">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Nutrition</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="220A5BDD" w14:textId="77777777" w:rsidR="00AE1AA0" w:rsidRPr="007D0798" w:rsidRDefault="001402FD" w:rsidP="001402FD">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -7827,201 +6811,111 @@
         <w:t>Children staying after 18:00 are also offered a 2nd afternoon meal (usually sandwich with cheese or ham or cereal with milk or egg with bread or breadsticks with cheese or savory cake).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25AC500C" w14:textId="77777777" w:rsidR="00AE1AA0" w:rsidRPr="007D0798" w:rsidRDefault="00AE1AA0" w:rsidP="00AE1AA0">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="806" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">The children's diet is complete, </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">The children's diet is complete, so  it </w:t>
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>is not recommended</w:t>
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...53 lines deleted...]
-        <w:t>).</w:t>
+        <w:t xml:space="preserve"> to  bring any other dishes to the center </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(except for the purposes of breakfast).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E879050" w14:textId="77777777" w:rsidR="00EB7788" w:rsidRPr="00DF3D52" w:rsidRDefault="00AE1AA0" w:rsidP="00DF3D52">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="806" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Hlk69389699"/>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Exceptions in relation to food in the nutrition program will be made only in cases of medical issues with the submission of a relevant certificate from a doctor, as well as in the case of religious reasons, </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> these will be declared during registration by the parents. </w:t>
+        <w:t xml:space="preserve">Exceptions in relation to food in the nutrition program will be made only in cases of medical issues with the submission of a relevant certificate from a doctor, as well as in the case of religious reasons, provided that these will be declared during registration by the parents. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11B8299A" w14:textId="77777777" w:rsidR="00EB7788" w:rsidRPr="007D0798" w:rsidRDefault="00EB7788" w:rsidP="00EB7788">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
@@ -8095,382 +6989,171 @@
       </w:r>
       <w:r w:rsidR="009A6389">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>functional Municipality Centre</w:t>
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> assumes no responsibility for loss or damage to devices, toys or objects that children carry from home.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="684ABD69" w14:textId="1E87A47A" w:rsidR="00231186" w:rsidRPr="005F1F4A" w:rsidRDefault="00231186" w:rsidP="00E058AB">
+    <w:p w14:paraId="684ABD69" w14:textId="77777777" w:rsidR="00231186" w:rsidRPr="005F1F4A" w:rsidRDefault="00231186" w:rsidP="00E058AB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005F1F4A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Child</w:t>
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Childhood Diseases/ Lice </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16514B93" w14:textId="77777777" w:rsidR="00525EE1" w:rsidRPr="007D0798" w:rsidRDefault="00525EE1" w:rsidP="005E1CFE">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="706"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>In cases of childhood illnesses</w:t>
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, especially when it comes to viruses that are transmitted with great ease from one child to another, children should be confined at home until there is certainty that there is not the slightest risk of transmission of the disease or virus to the other children in the program, as well as the staff. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47CD057E" w14:textId="77777777" w:rsidR="00CE00A5" w:rsidRPr="007D0798" w:rsidRDefault="00525EE1" w:rsidP="00CE00A5">
       <w:pPr>
         <w:ind w:left="706"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In order to avoid  the </w:t>
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>possibility of transmission of lice</w:t>
       </w:r>
       <w:r w:rsidRPr="007D0798">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, the children's head should be checked </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> and appropriate treatment should be followed in cases of lice or cones.</w:t>
+        <w:t>, the children's head should be checked regularly and appropriate treatment should be followed in cases of lice or cones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F588A5E" w14:textId="77777777" w:rsidR="00CE00A5" w:rsidRPr="007D0798" w:rsidRDefault="00CE00A5" w:rsidP="00CE00A5">
       <w:pPr>
         <w:ind w:left="706"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...91 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="22C0F897" w14:textId="77777777" w:rsidR="00CE00A5" w:rsidRPr="007D0798" w:rsidRDefault="00CE00A5" w:rsidP="00CE00A5">
       <w:pPr>
         <w:ind w:left="706"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="600D746C" w14:textId="2C49D442" w:rsidR="00755B19" w:rsidRPr="00F81F3A" w:rsidRDefault="00755B19" w:rsidP="00755B19">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
@@ -8505,172 +7188,172 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Municipal</w:t>
       </w:r>
       <w:r w:rsidR="009A6389">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ity</w:t>
       </w:r>
       <w:r w:rsidRPr="00F81F3A">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Centre</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F383C94" w14:textId="18CB0261" w:rsidR="00755B19" w:rsidRPr="00F81F3A" w:rsidRDefault="00C67DCE" w:rsidP="0059557A">
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="7F383C94" w14:textId="74727BC5" w:rsidR="00755B19" w:rsidRPr="00F81F3A" w:rsidRDefault="00A52CA4" w:rsidP="0059557A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F81F3A">
-[...10 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>January 2026</w:t>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00755B19" w:rsidRPr="00F81F3A" w:rsidSect="0093452D">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C4E3CD9" w14:textId="77777777" w:rsidR="00B37755" w:rsidRDefault="00B37755">
+    <w:p w14:paraId="3B95E277" w14:textId="77777777" w:rsidR="005F708B" w:rsidRDefault="005F708B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="70CB79A7" w14:textId="77777777" w:rsidR="00B37755" w:rsidRDefault="00B37755">
+    <w:p w14:paraId="12F97ABB" w14:textId="77777777" w:rsidR="005F708B" w:rsidRDefault="005F708B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="A1"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="A1"/>
+    <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="A1"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="A1"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="A1"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5193A66E" w14:textId="77777777" w:rsidR="00841FFC" w:rsidRDefault="00841FFC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -8687,61 +7370,63 @@
     </w:r>
     <w:r w:rsidR="00B53D42">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="2864A719" w14:textId="77777777" w:rsidR="00841FFC" w:rsidRDefault="00841FFC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="04D4B506" w14:textId="17ACBFCB" w:rsidR="0017312B" w:rsidRPr="0017312B" w:rsidRDefault="0017312B" w:rsidP="0017312B">
+  <w:p w14:paraId="04D4B506" w14:textId="17ACBFCB" w:rsidR="0017312B" w:rsidRPr="00C21412" w:rsidRDefault="0017312B" w:rsidP="0017312B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:color w:val="auto"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="0017312B">
+    <w:r w:rsidRPr="00C21412">
       <w:rPr>
         <w:color w:val="auto"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">   </w:t>
     </w:r>
     <w:r w:rsidR="00203DE8" w:rsidRPr="0017312B">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37356A21" wp14:editId="26D0146F">
           <wp:extent cx="2838450" cy="504825"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Picture 4" descr="Blue text on a white background&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="Blue text on a white background&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
@@ -8755,53 +7440,54 @@
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2838450" cy="504825"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="0017312B">
+    <w:r w:rsidRPr="00C21412">
       <w:rPr>
         <w:color w:val="auto"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">                       </w:t>
     </w:r>
     <w:r w:rsidR="00203DE8" w:rsidRPr="0017312B">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="173557CC" wp14:editId="3EF7ADBA">
           <wp:extent cx="914400" cy="723900"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2" name="Picture 3" descr="A logo with a bird and leaves&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 2" descr="A logo with a bird and leaves&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -8816,53 +7502,54 @@
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="914400" cy="723900"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="0017312B">
+    <w:r w:rsidRPr="00C21412">
       <w:rPr>
         <w:color w:val="auto"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">   </w:t>
     </w:r>
     <w:bookmarkStart w:id="8" w:name="_Hlk166151568"/>
     <w:r w:rsidR="00203DE8" w:rsidRPr="0017312B">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7475DE7C" wp14:editId="6EFBCBE1">
           <wp:extent cx="942975" cy="638175"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="3" name="Picture 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 3"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -8879,110 +7566,89 @@
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="942975" cy="638175"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:bookmarkEnd w:id="8"/>
   </w:p>
-  <w:p w14:paraId="6F315F86" w14:textId="77777777" w:rsidR="0017312B" w:rsidRPr="0017312B" w:rsidRDefault="0017312B" w:rsidP="0017312B">
+  <w:p w14:paraId="6F315F86" w14:textId="77777777" w:rsidR="0017312B" w:rsidRPr="00C21412" w:rsidRDefault="0017312B" w:rsidP="0017312B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:color w:val="auto"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="542A884C" w14:textId="77777777" w:rsidR="0017312B" w:rsidRPr="007D0798" w:rsidRDefault="0017312B" w:rsidP="0017312B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007D0798">
       <w:rPr>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>"</w:t>
     </w:r>
     <w:bookmarkStart w:id="9" w:name="_Hlk166151505"/>
     <w:r w:rsidRPr="007D0798">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve">The project is implemented within the framework of the Cohesion Policy </w:t>
-[...21 lines deleted...]
-      <w:t xml:space="preserve"> "THALIA 2021 – 2027" with the co-financing of</w:t>
+      <w:t>The project is implemented within the framework of the Cohesion Policy Programme "THALIA 2021 – 2027" with the co-financing of</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7EBBA5BF" w14:textId="77777777" w:rsidR="0017312B" w:rsidRPr="0017312B" w:rsidRDefault="0017312B" w:rsidP="0017312B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0017312B">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>of the EU".</w:t>
     </w:r>
   </w:p>
   <w:bookmarkEnd w:id="9"/>
   <w:p w14:paraId="7FD27DEE" w14:textId="77777777" w:rsidR="00841FFC" w:rsidRDefault="00841FFC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
@@ -9021,97 +7687,101 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3E0AB7B7" w14:textId="77777777" w:rsidR="0059557A" w:rsidRDefault="0059557A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1833A00A" w14:textId="77777777" w:rsidR="0059557A" w:rsidRPr="0019751E" w:rsidRDefault="0059557A">
+  <w:p w14:paraId="1833A00A" w14:textId="77777777" w:rsidR="0059557A" w:rsidRPr="00C21412" w:rsidRDefault="0059557A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:color w:val="auto"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00C21412">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00C21412">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0F8F4DB8" w14:textId="509E2407" w:rsidR="00DF3D52" w:rsidRPr="0017312B" w:rsidRDefault="00203DE8" w:rsidP="00DF3D52">
+  <w:p w14:paraId="0F8F4DB8" w14:textId="509E2407" w:rsidR="00DF3D52" w:rsidRPr="00C21412" w:rsidRDefault="00203DE8" w:rsidP="00DF3D52">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:color w:val="auto"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0017312B">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B3EC897" wp14:editId="4F216EA2">
           <wp:extent cx="2838450" cy="504825"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="4" name="Picture 1" descr="Blue text on a white background&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="Blue text on a white background&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -9124,53 +7794,54 @@
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2838450" cy="504825"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00DF3D52" w:rsidRPr="0017312B">
+    <w:r w:rsidR="00DF3D52" w:rsidRPr="00C21412">
       <w:rPr>
         <w:color w:val="auto"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">                       </w:t>
     </w:r>
     <w:r w:rsidRPr="0017312B">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="32A2489C" wp14:editId="44661301">
           <wp:extent cx="914400" cy="723900"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="5" name="Picture 2" descr="A logo with a bird and leaves&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 2" descr="A logo with a bird and leaves&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -9185,53 +7856,54 @@
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="914400" cy="723900"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00DF3D52" w:rsidRPr="0017312B">
+    <w:r w:rsidR="00DF3D52" w:rsidRPr="00C21412">
       <w:rPr>
         <w:color w:val="auto"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">   </w:t>
     </w:r>
     <w:r w:rsidRPr="0017312B">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="16C856FA" wp14:editId="0E35F59F">
           <wp:extent cx="942975" cy="638175"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="6" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 6"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
@@ -9246,149 +7918,128 @@
                   <a:srcRect l="3773" t="17332" r="-6602" b="33334"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="942975" cy="638175"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="07A53429" w14:textId="77777777" w:rsidR="00DF3D52" w:rsidRPr="0017312B" w:rsidRDefault="00DF3D52" w:rsidP="00DF3D52">
+  <w:p w14:paraId="07A53429" w14:textId="77777777" w:rsidR="00DF3D52" w:rsidRPr="00C21412" w:rsidRDefault="00DF3D52" w:rsidP="00DF3D52">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:color w:val="auto"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="67CEB1BA" w14:textId="77777777" w:rsidR="00DF3D52" w:rsidRPr="007D0798" w:rsidRDefault="00DF3D52" w:rsidP="00DF3D52">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007D0798">
       <w:rPr>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>"</w:t>
     </w:r>
     <w:r w:rsidRPr="007D0798">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve">The project is implemented within the framework of the Cohesion Policy </w:t>
-[...21 lines deleted...]
-      <w:t xml:space="preserve"> "THALIA 2021 – 2027" with the co-financing of</w:t>
+      <w:t>The project is implemented within the framework of the Cohesion Policy Programme "THALIA 2021 – 2027" with the co-financing of</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7F852C8B" w14:textId="77777777" w:rsidR="00DF3D52" w:rsidRPr="0017312B" w:rsidRDefault="00DF3D52" w:rsidP="00DF3D52">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0017312B">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>of the EU".</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="330AD9FE" w14:textId="77777777" w:rsidR="0059557A" w:rsidRDefault="0059557A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6ADDAED0" w14:textId="77777777" w:rsidR="00B37755" w:rsidRDefault="00B37755">
+    <w:p w14:paraId="57B0B91C" w14:textId="77777777" w:rsidR="005F708B" w:rsidRDefault="005F708B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="695E0D81" w14:textId="77777777" w:rsidR="00B37755" w:rsidRDefault="00B37755">
+    <w:p w14:paraId="557332B0" w14:textId="77777777" w:rsidR="005F708B" w:rsidRDefault="005F708B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2A6FA8F1" w14:textId="77777777" w:rsidR="00CE00A5" w:rsidRDefault="00CE00A5">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="18B0F308" w14:textId="77777777" w:rsidR="00CE00A5" w:rsidRDefault="00CE00A5">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
@@ -11599,163 +10250,50 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="47D208E8"/>
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49477408"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B46E4F8C"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1485" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2002" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11824,51 +10362,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6322" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7042" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C162E59"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9022FEFA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1425" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2145" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11937,51 +10475,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6465" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7185" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D045746"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="73EEE076"/>
     <w:lvl w:ilvl="0" w:tplc="04080001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1425" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2145" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12050,51 +10588,51 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6465" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7185" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E3641CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="44864902"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12163,51 +10701,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="508717D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="96ACC092"/>
     <w:lvl w:ilvl="0" w:tplc="239ED7FA">
       <w:start w:val="13"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1114" w:hanging="405"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Batang" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
@@ -12254,51 +10792,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52B0718C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9B80E412"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1425" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2145" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12367,51 +10905,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6465" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7185" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="539F551D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0586200A"/>
     <w:lvl w:ilvl="0" w:tplc="20000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12480,51 +11018,51 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53D30FA2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C5608108"/>
     <w:lvl w:ilvl="0" w:tplc="04090009">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1485" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2205" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12593,51 +11131,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6525" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7245" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53DA12A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B86475BA"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12706,51 +11244,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58440070"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E796FF90"/>
     <w:lvl w:ilvl="0" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -12792,51 +11330,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E3A003A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C7243954"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12905,51 +11443,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FBE23AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="23F0F940"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1298" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2018" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13018,51 +11556,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6338" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7058" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79BD0F37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AF0CF1FC"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13131,51 +11669,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D2D6C10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51D48380"/>
     <w:lvl w:ilvl="0" w:tplc="6D9C9B5A">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04080019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -13221,51 +11759,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04080019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0408001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F6E7766"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8B5CC682"/>
     <w:lvl w:ilvl="0" w:tplc="8F982D98">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -13310,51 +11848,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F966298"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="58E0DAD0"/>
     <w:lvl w:ilvl="0" w:tplc="04080001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04080003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13424,781 +11962,810 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04080005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1699114044">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2141801273">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="12925384">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2100321386">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="208614955">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1604726770">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="365104268">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="263923680">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1768966242">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="377781530">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="578489737">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1645234464">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="151918826">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="237373724">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="413358407">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="994606109">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="986470725">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1789470844">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1510824670">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1209147956">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1460030330">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1513493044">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="429545860">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1762990911">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="2119373387">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="30"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="2143225057">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1225992529">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1064723404">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1162235762">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="256450033">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1252465460">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1161772136">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="360395963">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="490756840">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1293362172">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1009528726">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1307468138">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1652560008">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1628245235">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1754037659">
     <w:abstractNumId w:val="2"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006332CF"/>
     <w:rsid w:val="0000712F"/>
     <w:rsid w:val="000108E0"/>
     <w:rsid w:val="00012C2B"/>
     <w:rsid w:val="000146C6"/>
     <w:rsid w:val="00024291"/>
     <w:rsid w:val="000247A3"/>
     <w:rsid w:val="000253DB"/>
     <w:rsid w:val="00027471"/>
     <w:rsid w:val="00034183"/>
+    <w:rsid w:val="00042299"/>
     <w:rsid w:val="000446E1"/>
     <w:rsid w:val="00051185"/>
     <w:rsid w:val="000727D8"/>
     <w:rsid w:val="00076C07"/>
     <w:rsid w:val="000907AF"/>
     <w:rsid w:val="00090D0B"/>
     <w:rsid w:val="00096A83"/>
     <w:rsid w:val="000A25FA"/>
     <w:rsid w:val="000B29E1"/>
     <w:rsid w:val="000B3595"/>
+    <w:rsid w:val="000B73A8"/>
     <w:rsid w:val="000C111B"/>
     <w:rsid w:val="000D29C1"/>
+    <w:rsid w:val="000D2EB8"/>
     <w:rsid w:val="000D3A72"/>
     <w:rsid w:val="000D5F5A"/>
     <w:rsid w:val="000D759A"/>
     <w:rsid w:val="000E0115"/>
     <w:rsid w:val="000E040E"/>
     <w:rsid w:val="000E6DBF"/>
     <w:rsid w:val="000F0CC2"/>
     <w:rsid w:val="000F5C89"/>
     <w:rsid w:val="000F5E51"/>
     <w:rsid w:val="001106A5"/>
+    <w:rsid w:val="00113454"/>
     <w:rsid w:val="0011481E"/>
     <w:rsid w:val="00121C8E"/>
     <w:rsid w:val="00123628"/>
     <w:rsid w:val="00134B3C"/>
     <w:rsid w:val="001402FD"/>
     <w:rsid w:val="00141AC7"/>
     <w:rsid w:val="00143D43"/>
     <w:rsid w:val="0014413F"/>
     <w:rsid w:val="0014689E"/>
     <w:rsid w:val="001477EA"/>
     <w:rsid w:val="0015157D"/>
     <w:rsid w:val="00160906"/>
     <w:rsid w:val="00166EE4"/>
     <w:rsid w:val="0017312B"/>
     <w:rsid w:val="001734D3"/>
     <w:rsid w:val="00174AB5"/>
     <w:rsid w:val="001754FE"/>
     <w:rsid w:val="0017559B"/>
     <w:rsid w:val="00175770"/>
     <w:rsid w:val="001853DC"/>
     <w:rsid w:val="001958E8"/>
     <w:rsid w:val="0019751E"/>
     <w:rsid w:val="001A6204"/>
     <w:rsid w:val="001B76A6"/>
     <w:rsid w:val="001C194C"/>
     <w:rsid w:val="001C5209"/>
     <w:rsid w:val="001D06A3"/>
+    <w:rsid w:val="001D15E8"/>
     <w:rsid w:val="001D25A7"/>
     <w:rsid w:val="001D3641"/>
     <w:rsid w:val="001D42BE"/>
     <w:rsid w:val="001D54C6"/>
     <w:rsid w:val="001D5557"/>
     <w:rsid w:val="001D74C2"/>
     <w:rsid w:val="001E6593"/>
     <w:rsid w:val="001F1283"/>
     <w:rsid w:val="001F4802"/>
     <w:rsid w:val="001F4CDF"/>
     <w:rsid w:val="001F523A"/>
     <w:rsid w:val="001F5F07"/>
     <w:rsid w:val="001F6E7A"/>
     <w:rsid w:val="00203DE8"/>
+    <w:rsid w:val="002128D2"/>
     <w:rsid w:val="00212EC9"/>
+    <w:rsid w:val="00220C95"/>
     <w:rsid w:val="00222959"/>
     <w:rsid w:val="002229D6"/>
     <w:rsid w:val="002244CA"/>
     <w:rsid w:val="00231186"/>
     <w:rsid w:val="00233A50"/>
     <w:rsid w:val="00237658"/>
     <w:rsid w:val="00240DC9"/>
     <w:rsid w:val="002418CE"/>
     <w:rsid w:val="00243DC2"/>
     <w:rsid w:val="0025091B"/>
     <w:rsid w:val="00252EA6"/>
     <w:rsid w:val="00256681"/>
     <w:rsid w:val="002574E1"/>
     <w:rsid w:val="00261FEB"/>
     <w:rsid w:val="0026276B"/>
     <w:rsid w:val="002652CE"/>
+    <w:rsid w:val="00266132"/>
     <w:rsid w:val="00270AF5"/>
     <w:rsid w:val="0027315E"/>
     <w:rsid w:val="00274E2D"/>
     <w:rsid w:val="002877F4"/>
-    <w:rsid w:val="002A6B63"/>
     <w:rsid w:val="002B4E9C"/>
     <w:rsid w:val="002C5256"/>
     <w:rsid w:val="002D010F"/>
     <w:rsid w:val="002D0120"/>
     <w:rsid w:val="002D2DC1"/>
     <w:rsid w:val="002D7F57"/>
     <w:rsid w:val="002E2E3F"/>
     <w:rsid w:val="002F015D"/>
-    <w:rsid w:val="002F2FE0"/>
     <w:rsid w:val="002F5EF7"/>
     <w:rsid w:val="003110FC"/>
     <w:rsid w:val="003118ED"/>
     <w:rsid w:val="003154E4"/>
     <w:rsid w:val="003166FD"/>
     <w:rsid w:val="0031797B"/>
+    <w:rsid w:val="003223AB"/>
     <w:rsid w:val="00323056"/>
     <w:rsid w:val="00336E2F"/>
     <w:rsid w:val="00337D18"/>
     <w:rsid w:val="003422F8"/>
     <w:rsid w:val="003527E5"/>
     <w:rsid w:val="00352A81"/>
     <w:rsid w:val="00357588"/>
     <w:rsid w:val="0036142F"/>
     <w:rsid w:val="00370407"/>
     <w:rsid w:val="003723A9"/>
     <w:rsid w:val="00373451"/>
     <w:rsid w:val="003762D0"/>
     <w:rsid w:val="00376B4B"/>
     <w:rsid w:val="00381EB4"/>
     <w:rsid w:val="00382074"/>
     <w:rsid w:val="00383022"/>
     <w:rsid w:val="003838A3"/>
     <w:rsid w:val="003859B3"/>
     <w:rsid w:val="0039108F"/>
     <w:rsid w:val="00392087"/>
     <w:rsid w:val="00393F26"/>
     <w:rsid w:val="00395479"/>
     <w:rsid w:val="0039558D"/>
     <w:rsid w:val="003A144F"/>
     <w:rsid w:val="003A52C1"/>
     <w:rsid w:val="003A6109"/>
     <w:rsid w:val="003A77D8"/>
     <w:rsid w:val="003B23A8"/>
     <w:rsid w:val="003B25AE"/>
     <w:rsid w:val="003B3E2A"/>
     <w:rsid w:val="003B5616"/>
     <w:rsid w:val="003B5AC2"/>
     <w:rsid w:val="003B702C"/>
     <w:rsid w:val="003B7299"/>
     <w:rsid w:val="003C2E2B"/>
     <w:rsid w:val="003C7693"/>
     <w:rsid w:val="003D0E0E"/>
     <w:rsid w:val="003D17D0"/>
     <w:rsid w:val="003D503B"/>
     <w:rsid w:val="003E2A58"/>
     <w:rsid w:val="003E719F"/>
     <w:rsid w:val="003E7A7B"/>
     <w:rsid w:val="003F07D6"/>
+    <w:rsid w:val="003F28C0"/>
     <w:rsid w:val="003F766A"/>
     <w:rsid w:val="004049D0"/>
     <w:rsid w:val="00423030"/>
     <w:rsid w:val="00423727"/>
     <w:rsid w:val="0042390A"/>
     <w:rsid w:val="00430843"/>
     <w:rsid w:val="00430D3A"/>
     <w:rsid w:val="004366B7"/>
     <w:rsid w:val="00441B5B"/>
     <w:rsid w:val="004453EC"/>
     <w:rsid w:val="00446B32"/>
     <w:rsid w:val="00467F67"/>
     <w:rsid w:val="0047156F"/>
     <w:rsid w:val="00475AFA"/>
+    <w:rsid w:val="00485B2C"/>
     <w:rsid w:val="00491F35"/>
     <w:rsid w:val="00494E17"/>
     <w:rsid w:val="004954F3"/>
     <w:rsid w:val="004972C1"/>
     <w:rsid w:val="004A2E00"/>
     <w:rsid w:val="004A6993"/>
     <w:rsid w:val="004B6AB0"/>
     <w:rsid w:val="004B6E7A"/>
     <w:rsid w:val="004C09EF"/>
     <w:rsid w:val="004C1D9A"/>
     <w:rsid w:val="004D7BDF"/>
     <w:rsid w:val="004E213E"/>
     <w:rsid w:val="004E230B"/>
     <w:rsid w:val="004E61A1"/>
     <w:rsid w:val="004E674B"/>
     <w:rsid w:val="004F3971"/>
     <w:rsid w:val="004F665F"/>
     <w:rsid w:val="00506C8B"/>
     <w:rsid w:val="0051097F"/>
     <w:rsid w:val="00517EA9"/>
     <w:rsid w:val="00525722"/>
     <w:rsid w:val="00525EE1"/>
     <w:rsid w:val="005402B5"/>
     <w:rsid w:val="0054608E"/>
+    <w:rsid w:val="005467E0"/>
     <w:rsid w:val="005502B8"/>
     <w:rsid w:val="00554A2A"/>
     <w:rsid w:val="00561A8E"/>
     <w:rsid w:val="005649E7"/>
     <w:rsid w:val="00565A62"/>
     <w:rsid w:val="00566AC1"/>
     <w:rsid w:val="0056758B"/>
     <w:rsid w:val="00586879"/>
     <w:rsid w:val="00591FF6"/>
     <w:rsid w:val="00593B12"/>
     <w:rsid w:val="005947B8"/>
     <w:rsid w:val="0059557A"/>
     <w:rsid w:val="00595EDC"/>
     <w:rsid w:val="005A30B4"/>
     <w:rsid w:val="005A7200"/>
     <w:rsid w:val="005B13BF"/>
+    <w:rsid w:val="005B4069"/>
     <w:rsid w:val="005C380F"/>
     <w:rsid w:val="005C4BBF"/>
     <w:rsid w:val="005C5949"/>
     <w:rsid w:val="005C7F40"/>
     <w:rsid w:val="005D04E3"/>
     <w:rsid w:val="005D1837"/>
+    <w:rsid w:val="005D1EC8"/>
     <w:rsid w:val="005D52BE"/>
     <w:rsid w:val="005D6955"/>
     <w:rsid w:val="005E1CFE"/>
     <w:rsid w:val="005F1F4A"/>
     <w:rsid w:val="005F3FDF"/>
+    <w:rsid w:val="005F708B"/>
     <w:rsid w:val="00600EE7"/>
     <w:rsid w:val="006140C9"/>
     <w:rsid w:val="00614408"/>
     <w:rsid w:val="00616410"/>
     <w:rsid w:val="00617042"/>
     <w:rsid w:val="00620590"/>
     <w:rsid w:val="00621F49"/>
     <w:rsid w:val="006220D0"/>
     <w:rsid w:val="00627EC2"/>
     <w:rsid w:val="00630CC2"/>
     <w:rsid w:val="006329A2"/>
     <w:rsid w:val="006332CF"/>
     <w:rsid w:val="00635033"/>
     <w:rsid w:val="00644799"/>
+    <w:rsid w:val="00645B61"/>
     <w:rsid w:val="0066643B"/>
     <w:rsid w:val="00666B29"/>
     <w:rsid w:val="006725EE"/>
     <w:rsid w:val="00674034"/>
     <w:rsid w:val="0067669A"/>
+    <w:rsid w:val="00677B14"/>
     <w:rsid w:val="00694168"/>
     <w:rsid w:val="0069559F"/>
     <w:rsid w:val="006A1AC9"/>
     <w:rsid w:val="006A3A02"/>
     <w:rsid w:val="006A5001"/>
+    <w:rsid w:val="006A6832"/>
     <w:rsid w:val="006B5076"/>
     <w:rsid w:val="006C0B75"/>
     <w:rsid w:val="006D01A3"/>
     <w:rsid w:val="006D1733"/>
     <w:rsid w:val="006D1876"/>
     <w:rsid w:val="006D2537"/>
     <w:rsid w:val="006D757E"/>
     <w:rsid w:val="006E24A8"/>
     <w:rsid w:val="006E3545"/>
     <w:rsid w:val="006F6CFE"/>
     <w:rsid w:val="007042DD"/>
     <w:rsid w:val="0070500D"/>
     <w:rsid w:val="00705870"/>
     <w:rsid w:val="0070652E"/>
     <w:rsid w:val="00710506"/>
     <w:rsid w:val="0071543D"/>
     <w:rsid w:val="00715BC7"/>
     <w:rsid w:val="00725431"/>
     <w:rsid w:val="00732620"/>
     <w:rsid w:val="00743D0F"/>
     <w:rsid w:val="0074435B"/>
     <w:rsid w:val="007472DA"/>
     <w:rsid w:val="00754885"/>
     <w:rsid w:val="00755B19"/>
     <w:rsid w:val="00757B97"/>
     <w:rsid w:val="00773AAD"/>
     <w:rsid w:val="007750C8"/>
     <w:rsid w:val="007813C2"/>
     <w:rsid w:val="007827DE"/>
     <w:rsid w:val="00785A81"/>
     <w:rsid w:val="007874CD"/>
     <w:rsid w:val="00791F6A"/>
+    <w:rsid w:val="00791FC8"/>
     <w:rsid w:val="007A083D"/>
     <w:rsid w:val="007A1FF1"/>
     <w:rsid w:val="007A4774"/>
     <w:rsid w:val="007A4A5E"/>
     <w:rsid w:val="007A4F30"/>
     <w:rsid w:val="007A6E27"/>
     <w:rsid w:val="007A7739"/>
     <w:rsid w:val="007B3D69"/>
     <w:rsid w:val="007B3FC2"/>
     <w:rsid w:val="007B69B9"/>
     <w:rsid w:val="007B6D51"/>
     <w:rsid w:val="007C07C9"/>
     <w:rsid w:val="007C1F3F"/>
     <w:rsid w:val="007C3851"/>
     <w:rsid w:val="007C6313"/>
     <w:rsid w:val="007D0798"/>
     <w:rsid w:val="007D4852"/>
     <w:rsid w:val="007E1010"/>
     <w:rsid w:val="007F7DB2"/>
     <w:rsid w:val="00804A38"/>
     <w:rsid w:val="00822958"/>
     <w:rsid w:val="008241AA"/>
     <w:rsid w:val="00826F42"/>
     <w:rsid w:val="00827E27"/>
     <w:rsid w:val="00834F72"/>
     <w:rsid w:val="00835EEF"/>
     <w:rsid w:val="00836C9C"/>
     <w:rsid w:val="00837229"/>
     <w:rsid w:val="008411B8"/>
     <w:rsid w:val="00841FFC"/>
     <w:rsid w:val="00844CA0"/>
     <w:rsid w:val="00845BCE"/>
     <w:rsid w:val="0085418F"/>
     <w:rsid w:val="00855A51"/>
+    <w:rsid w:val="008607A7"/>
     <w:rsid w:val="0086136C"/>
     <w:rsid w:val="00861D7C"/>
     <w:rsid w:val="008632FE"/>
     <w:rsid w:val="0086384F"/>
     <w:rsid w:val="00873850"/>
     <w:rsid w:val="00873EE7"/>
     <w:rsid w:val="00875DF9"/>
     <w:rsid w:val="008766E5"/>
     <w:rsid w:val="00886932"/>
     <w:rsid w:val="00890963"/>
     <w:rsid w:val="00893972"/>
     <w:rsid w:val="008A0C35"/>
     <w:rsid w:val="008A4BF5"/>
     <w:rsid w:val="008B31CB"/>
     <w:rsid w:val="008B36E3"/>
     <w:rsid w:val="008B4E2B"/>
     <w:rsid w:val="008B5ABB"/>
     <w:rsid w:val="008C44FB"/>
     <w:rsid w:val="008E3412"/>
     <w:rsid w:val="008E3D12"/>
     <w:rsid w:val="008F0A4C"/>
     <w:rsid w:val="008F295F"/>
     <w:rsid w:val="008F5E38"/>
+    <w:rsid w:val="008F5E5D"/>
     <w:rsid w:val="00900925"/>
     <w:rsid w:val="00904615"/>
     <w:rsid w:val="0090510A"/>
     <w:rsid w:val="00907B8C"/>
     <w:rsid w:val="00911804"/>
     <w:rsid w:val="00913F2B"/>
     <w:rsid w:val="00916D41"/>
     <w:rsid w:val="00925774"/>
     <w:rsid w:val="00926FB9"/>
     <w:rsid w:val="00933F5F"/>
     <w:rsid w:val="0093452D"/>
     <w:rsid w:val="0093675F"/>
     <w:rsid w:val="009376C6"/>
     <w:rsid w:val="009413CE"/>
     <w:rsid w:val="009445EA"/>
     <w:rsid w:val="0094464E"/>
     <w:rsid w:val="00956E01"/>
     <w:rsid w:val="00970678"/>
     <w:rsid w:val="009736B6"/>
     <w:rsid w:val="00975C71"/>
     <w:rsid w:val="00980E21"/>
     <w:rsid w:val="00984E5A"/>
     <w:rsid w:val="00992CA7"/>
     <w:rsid w:val="009930EB"/>
     <w:rsid w:val="00997140"/>
     <w:rsid w:val="00997489"/>
     <w:rsid w:val="009A08AC"/>
     <w:rsid w:val="009A2587"/>
     <w:rsid w:val="009A302B"/>
     <w:rsid w:val="009A6389"/>
     <w:rsid w:val="009A6B8D"/>
     <w:rsid w:val="009A7E12"/>
     <w:rsid w:val="009B00C4"/>
     <w:rsid w:val="009B1A7D"/>
     <w:rsid w:val="009B3597"/>
     <w:rsid w:val="009B6580"/>
     <w:rsid w:val="009C2AF0"/>
     <w:rsid w:val="009C3A1C"/>
     <w:rsid w:val="009C3C78"/>
     <w:rsid w:val="009C45F0"/>
     <w:rsid w:val="009C7288"/>
     <w:rsid w:val="009D1B9D"/>
     <w:rsid w:val="009D2926"/>
-    <w:rsid w:val="009D3B75"/>
     <w:rsid w:val="009D406C"/>
     <w:rsid w:val="009D507B"/>
     <w:rsid w:val="009E4627"/>
     <w:rsid w:val="009E54DB"/>
     <w:rsid w:val="009E6560"/>
     <w:rsid w:val="009F24C4"/>
     <w:rsid w:val="009F7840"/>
     <w:rsid w:val="00A00591"/>
     <w:rsid w:val="00A00DFE"/>
     <w:rsid w:val="00A070B1"/>
     <w:rsid w:val="00A13314"/>
     <w:rsid w:val="00A1605C"/>
     <w:rsid w:val="00A16786"/>
     <w:rsid w:val="00A20BC0"/>
     <w:rsid w:val="00A20D92"/>
     <w:rsid w:val="00A3129B"/>
     <w:rsid w:val="00A33E95"/>
     <w:rsid w:val="00A368DF"/>
     <w:rsid w:val="00A41CEE"/>
+    <w:rsid w:val="00A52CA4"/>
     <w:rsid w:val="00A636C7"/>
     <w:rsid w:val="00A6456A"/>
     <w:rsid w:val="00A64DD0"/>
     <w:rsid w:val="00A6686B"/>
     <w:rsid w:val="00A678A3"/>
     <w:rsid w:val="00A706F2"/>
     <w:rsid w:val="00A7500A"/>
     <w:rsid w:val="00A8021A"/>
     <w:rsid w:val="00A84888"/>
     <w:rsid w:val="00A87BAA"/>
     <w:rsid w:val="00A961DB"/>
     <w:rsid w:val="00AA4062"/>
     <w:rsid w:val="00AA7C7A"/>
     <w:rsid w:val="00AB099F"/>
     <w:rsid w:val="00AB22DD"/>
     <w:rsid w:val="00AB257D"/>
     <w:rsid w:val="00AB7308"/>
     <w:rsid w:val="00AC03FB"/>
+    <w:rsid w:val="00AC74D5"/>
     <w:rsid w:val="00AD10E8"/>
     <w:rsid w:val="00AD4FC2"/>
     <w:rsid w:val="00AE1AA0"/>
     <w:rsid w:val="00AF3650"/>
     <w:rsid w:val="00B06B88"/>
     <w:rsid w:val="00B0751B"/>
     <w:rsid w:val="00B106D1"/>
     <w:rsid w:val="00B13AF6"/>
+    <w:rsid w:val="00B325CE"/>
     <w:rsid w:val="00B35177"/>
     <w:rsid w:val="00B36839"/>
     <w:rsid w:val="00B37755"/>
     <w:rsid w:val="00B4485A"/>
     <w:rsid w:val="00B53969"/>
     <w:rsid w:val="00B53D42"/>
     <w:rsid w:val="00B64AB7"/>
     <w:rsid w:val="00B67D0B"/>
     <w:rsid w:val="00B71FBF"/>
     <w:rsid w:val="00B73365"/>
     <w:rsid w:val="00B75411"/>
     <w:rsid w:val="00B75497"/>
     <w:rsid w:val="00B8626A"/>
     <w:rsid w:val="00B86D0D"/>
     <w:rsid w:val="00BA132B"/>
     <w:rsid w:val="00BA4E40"/>
     <w:rsid w:val="00BA58E5"/>
     <w:rsid w:val="00BA71D1"/>
     <w:rsid w:val="00BB2883"/>
-    <w:rsid w:val="00BB782E"/>
     <w:rsid w:val="00BC1AD2"/>
     <w:rsid w:val="00BD0D96"/>
     <w:rsid w:val="00BD20EF"/>
     <w:rsid w:val="00BE0905"/>
     <w:rsid w:val="00BE38C9"/>
     <w:rsid w:val="00BF2211"/>
     <w:rsid w:val="00BF35F9"/>
     <w:rsid w:val="00BF6F75"/>
     <w:rsid w:val="00BF768D"/>
     <w:rsid w:val="00BF7E76"/>
+    <w:rsid w:val="00C01DA8"/>
     <w:rsid w:val="00C10EA6"/>
     <w:rsid w:val="00C11BE4"/>
+    <w:rsid w:val="00C21412"/>
+    <w:rsid w:val="00C219A8"/>
     <w:rsid w:val="00C26A22"/>
     <w:rsid w:val="00C30248"/>
     <w:rsid w:val="00C32250"/>
     <w:rsid w:val="00C32BD8"/>
     <w:rsid w:val="00C4102A"/>
     <w:rsid w:val="00C41F01"/>
     <w:rsid w:val="00C4551C"/>
     <w:rsid w:val="00C52BB0"/>
     <w:rsid w:val="00C66641"/>
     <w:rsid w:val="00C67DCE"/>
     <w:rsid w:val="00C7296B"/>
     <w:rsid w:val="00C75853"/>
     <w:rsid w:val="00C772D9"/>
     <w:rsid w:val="00C81FDF"/>
     <w:rsid w:val="00C82365"/>
     <w:rsid w:val="00C90237"/>
     <w:rsid w:val="00C91437"/>
     <w:rsid w:val="00C96880"/>
     <w:rsid w:val="00CA72AB"/>
+    <w:rsid w:val="00CB5860"/>
     <w:rsid w:val="00CB67C1"/>
     <w:rsid w:val="00CB7818"/>
     <w:rsid w:val="00CD1062"/>
     <w:rsid w:val="00CD1579"/>
     <w:rsid w:val="00CD6CB8"/>
     <w:rsid w:val="00CD7621"/>
     <w:rsid w:val="00CD7710"/>
     <w:rsid w:val="00CE00A5"/>
     <w:rsid w:val="00CE45CC"/>
     <w:rsid w:val="00CE5657"/>
     <w:rsid w:val="00CE5C33"/>
+    <w:rsid w:val="00CF14CB"/>
     <w:rsid w:val="00D03A1D"/>
     <w:rsid w:val="00D160B6"/>
     <w:rsid w:val="00D20E59"/>
     <w:rsid w:val="00D3043D"/>
+    <w:rsid w:val="00D35593"/>
     <w:rsid w:val="00D36A57"/>
+    <w:rsid w:val="00D37D0F"/>
     <w:rsid w:val="00D50D6B"/>
+    <w:rsid w:val="00D561FF"/>
     <w:rsid w:val="00D6069B"/>
     <w:rsid w:val="00D65B4B"/>
     <w:rsid w:val="00D6669B"/>
     <w:rsid w:val="00D70071"/>
     <w:rsid w:val="00D8065A"/>
     <w:rsid w:val="00D80BB3"/>
     <w:rsid w:val="00D85E3A"/>
     <w:rsid w:val="00D91830"/>
     <w:rsid w:val="00D91DD2"/>
     <w:rsid w:val="00D93D81"/>
+    <w:rsid w:val="00D9543F"/>
     <w:rsid w:val="00DA0908"/>
     <w:rsid w:val="00DA36B8"/>
     <w:rsid w:val="00DA5897"/>
     <w:rsid w:val="00DA6162"/>
     <w:rsid w:val="00DA6E1D"/>
     <w:rsid w:val="00DA759A"/>
     <w:rsid w:val="00DB0AB6"/>
     <w:rsid w:val="00DB5B0E"/>
     <w:rsid w:val="00DC2444"/>
     <w:rsid w:val="00DC7F74"/>
     <w:rsid w:val="00DD23BD"/>
     <w:rsid w:val="00DE38D8"/>
     <w:rsid w:val="00DE73A9"/>
     <w:rsid w:val="00DF25A9"/>
     <w:rsid w:val="00DF3D52"/>
     <w:rsid w:val="00DF49AC"/>
     <w:rsid w:val="00DF67A0"/>
     <w:rsid w:val="00E02A36"/>
     <w:rsid w:val="00E02E97"/>
     <w:rsid w:val="00E058AB"/>
     <w:rsid w:val="00E1055F"/>
     <w:rsid w:val="00E10BE5"/>
     <w:rsid w:val="00E1390C"/>
     <w:rsid w:val="00E2173F"/>
     <w:rsid w:val="00E24C60"/>
     <w:rsid w:val="00E25514"/>
     <w:rsid w:val="00E31647"/>
     <w:rsid w:val="00E326A3"/>
     <w:rsid w:val="00E328CB"/>
+    <w:rsid w:val="00E32C63"/>
     <w:rsid w:val="00E333CC"/>
     <w:rsid w:val="00E40977"/>
     <w:rsid w:val="00E509DF"/>
     <w:rsid w:val="00E5207C"/>
     <w:rsid w:val="00E60B5A"/>
     <w:rsid w:val="00E64E19"/>
     <w:rsid w:val="00E67828"/>
     <w:rsid w:val="00E67B4F"/>
     <w:rsid w:val="00E721F7"/>
     <w:rsid w:val="00E73F55"/>
     <w:rsid w:val="00E75B5B"/>
     <w:rsid w:val="00EB206A"/>
     <w:rsid w:val="00EB3298"/>
+    <w:rsid w:val="00EB457E"/>
     <w:rsid w:val="00EB7788"/>
+    <w:rsid w:val="00EC5535"/>
     <w:rsid w:val="00EC6008"/>
     <w:rsid w:val="00ED4583"/>
     <w:rsid w:val="00ED6EDD"/>
     <w:rsid w:val="00ED799E"/>
+    <w:rsid w:val="00EE3CF6"/>
     <w:rsid w:val="00EE50BB"/>
     <w:rsid w:val="00EE5A9A"/>
     <w:rsid w:val="00F06854"/>
     <w:rsid w:val="00F14DC8"/>
     <w:rsid w:val="00F14FC0"/>
     <w:rsid w:val="00F16D25"/>
     <w:rsid w:val="00F245D1"/>
     <w:rsid w:val="00F25D44"/>
     <w:rsid w:val="00F32DE9"/>
     <w:rsid w:val="00F402D6"/>
     <w:rsid w:val="00F44EDA"/>
     <w:rsid w:val="00F50812"/>
     <w:rsid w:val="00F50941"/>
     <w:rsid w:val="00F5337D"/>
     <w:rsid w:val="00F612EB"/>
     <w:rsid w:val="00F63541"/>
     <w:rsid w:val="00F71AF4"/>
     <w:rsid w:val="00F81F3A"/>
     <w:rsid w:val="00F825D1"/>
     <w:rsid w:val="00F85EEC"/>
     <w:rsid w:val="00F924FD"/>
     <w:rsid w:val="00F973FA"/>
     <w:rsid w:val="00FA51C4"/>
     <w:rsid w:val="00FB1E48"/>
     <w:rsid w:val="00FB3B7A"/>
@@ -14252,50 +12819,51 @@
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14858,50 +13426,67 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00CE00A5"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="800080"/>
       <w:spacing w:val="-3"/>
       <w:sz w:val="24"/>
       <w:lang w:val="el-GR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007D0798"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00113454"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:color w:val="auto"/>
+      <w:spacing w:val="0"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="78526704">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="112411624">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -15347,82 +13932,82 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2594783-2F18-4C6B-AF10-F38A4E7147F4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1962</Words>
-  <Characters>10952</Characters>
+  <Words>1943</Words>
+  <Characters>11081</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>91</Lines>
+  <Lines>92</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Τίτλος</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>RULES OF OPERATION OF CHILD PROTECTION AND EMPLOYMENT CENTRES</vt:lpstr>
       <vt:lpstr>ΚΑΝΟΝΙΣΜΟΙ ΛΕΙΤΟΥΡΓΙΑΣ ΤΩΝ ΚΕΝΤΡΩΝ ΠΡΟΣΤΑΣΙΑΣ ΚΑΙ ΑΠΑΣΧΟΛΗΣΗΣ ΠΑΙΔΙΩΝ</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12889</CharactersWithSpaces>
+  <CharactersWithSpaces>12999</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>3473499</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:polidinamo@nicosiamunicipality.org.cy</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6815868</vt:i4>
       </vt:variant>
       <vt:variant>