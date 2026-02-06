--- v0 (2025-10-20)
+++ v1 (2026-02-06)
@@ -2,78 +2,71 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5750F2D4" w14:textId="1053F699" w:rsidR="009A7849" w:rsidRDefault="004D4EE1" w:rsidP="00DD07C9">
-[...15 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="7BB9CF7B" w14:textId="3C2ADAD3" w:rsidR="001C4E5C" w:rsidRDefault="004D4EE1" w:rsidP="004D4EE1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79F8321B" wp14:editId="4F338217">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79F8321B" wp14:editId="7B362F8D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>32385</wp:posOffset>
+              <wp:posOffset>22860</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>160020</wp:posOffset>
+              <wp:posOffset>350520</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5663565" cy="1304925"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21442"/>
                 <wp:lineTo x="21506" y="21442"/>
                 <wp:lineTo x="21506" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="1" name="Picture 1" descr="F:\ΓΕΝΙΚΗ ΓΡΑΜΜΑΤΕΙΑ\ΠΟΛΥΔΥΝΑΜΟ ΚΕΝΤΡΟ\ΔΙΑΦΟΡΑ\2009\ΛΟΤΟΤΥΠΑ ΕΜΒΛΗΜΑΤΑ\Λογοτυπο με λογια copy.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="F:\ΓΕΝΙΚΗ ΓΡΑΜΜΑΤΕΙΑ\ΠΟΛΥΔΥΝΑΜΟ ΚΕΝΤΡΟ\ΔΙΑΦΟΡΑ\2009\ΛΟΤΟΤΥΠΑ ΕΜΒΛΗΜΑΤΑ\Λογοτυπο με λογια copy.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -90,333 +83,336 @@
                       <a:ext cx="5663565" cy="1304925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="009A7849" w:rsidRPr="00C713E9">
+    </w:p>
+    <w:p w14:paraId="711F42C2" w14:textId="4CDE002E" w:rsidR="009A7849" w:rsidRPr="00DF50BD" w:rsidRDefault="009A7849" w:rsidP="009A7849">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>ΑΝΑΚΟΙΝΩΣΗ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5750F2D4" w14:textId="77777777" w:rsidR="009A7849" w:rsidRPr="00DF50BD" w:rsidRDefault="009A7849" w:rsidP="009A7849">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12404F8C" w14:textId="77777777" w:rsidR="00787775" w:rsidRDefault="00F66F77" w:rsidP="001C4E5C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Εγγραφές </w:t>
+      </w:r>
+      <w:r w:rsidR="00787775">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">παιδιών στο </w:t>
+      </w:r>
+      <w:r w:rsidR="004407FC" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>Πολυδύναμο Δημοτικ</w:t>
+      </w:r>
+      <w:r w:rsidR="00787775">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>ό</w:t>
+      </w:r>
+      <w:r w:rsidR="004407FC" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Κέντρο Λευκωσίας</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79C702F3" w14:textId="6D388CF5" w:rsidR="00B66C01" w:rsidRPr="00DF50BD" w:rsidRDefault="00F66F77" w:rsidP="001C4E5C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>Σχολική Περ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30525" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>ίο</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>δο</w:t>
+      </w:r>
+      <w:r w:rsidR="00787775">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>ς</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB544C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB27A4" w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB544C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04B341CE" w14:textId="6BF02A97" w:rsidR="001C4E5C" w:rsidRPr="00DF50BD" w:rsidRDefault="001C4E5C" w:rsidP="001C4E5C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62C928D3" w14:textId="17D28C78" w:rsidR="004002C6" w:rsidRPr="00787775" w:rsidRDefault="00A4142E" w:rsidP="00787775">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787775">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Το </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787775">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...230 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>Πολυδύναμο Δημοτικό Κέντρο Λευκωσίας</w:t>
       </w:r>
       <w:r w:rsidR="00D101CF" w:rsidRPr="00787775">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00787775">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve">ανακοινώνει </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk480973092"/>
       <w:r w:rsidR="00CB27A4" w:rsidRPr="00787775">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve">την έναρξη </w:t>
       </w:r>
       <w:r w:rsidR="006322DF" w:rsidRPr="00787775">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>εγγραφ</w:t>
       </w:r>
       <w:r w:rsidR="00CB27A4" w:rsidRPr="00787775">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>ών</w:t>
       </w:r>
       <w:r w:rsidR="00787775">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> για τη νέα Σχολική χρονιά 2025-2026 </w:t>
+        <w:t xml:space="preserve"> για τη νέα Σχολική χρονιά 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB544C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00787775">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB544C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00787775">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004407FC" w:rsidRPr="00787775">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>στα Κέντρα Προστασίας και Απασχόλησης Παιδιών</w:t>
       </w:r>
       <w:r w:rsidR="00787775">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ΚΠ&amp;ΑΠ) και στον Παιδοκομικό Σταθμ</w:t>
       </w:r>
       <w:r w:rsidR="00524B6D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>ό</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00524B6D">
         <w:rPr>
@@ -428,336 +424,338 @@
     </w:p>
     <w:p w14:paraId="78EDA9F2" w14:textId="77777777" w:rsidR="007B7788" w:rsidRDefault="007B7788" w:rsidP="007B7788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2047"/>
         <w:gridCol w:w="1524"/>
         <w:gridCol w:w="1445"/>
         <w:gridCol w:w="1805"/>
         <w:gridCol w:w="2529"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD77C6" w14:paraId="0A2254F2" w14:textId="2F8867AC" w:rsidTr="00B45329">
+      <w:tr w:rsidR="00CD77C6" w14:paraId="0A2254F2" w14:textId="2F8867AC" w:rsidTr="00CA38A5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcW w:w="2047" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CA7826A" w14:textId="08B50316" w:rsidR="00787775" w:rsidRPr="00524B6D" w:rsidRDefault="00787775" w:rsidP="007B7788">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524B6D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>ΠΡΟΓΡΑΜΜΑ</w:t>
             </w:r>
             <w:r w:rsidR="00CD77C6" w:rsidRPr="00524B6D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>-ΗΛΙΚΙΕΣ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="1524" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5142F107" w14:textId="71CB9E9C" w:rsidR="00787775" w:rsidRPr="00524B6D" w:rsidRDefault="00787775" w:rsidP="007B7788">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524B6D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>ΩΡΑΡΙΟ ΛΕΙΤΟΥΡΓΙΑΣ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1431" w:type="dxa"/>
+            <w:tcW w:w="1445" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10256F30" w14:textId="45418D3D" w:rsidR="00787775" w:rsidRPr="00524B6D" w:rsidRDefault="00D329B0" w:rsidP="007B7788">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524B6D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>ΔΙΑΘΕΣΙΜΕΣ ΘΕΣΕΙΣ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcW w:w="1805" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07274F85" w14:textId="6A60FCF6" w:rsidR="00787775" w:rsidRPr="00524B6D" w:rsidRDefault="00D329B0" w:rsidP="007B7788">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524B6D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>ΧΡΕΩΣΕΙΣ</w:t>
             </w:r>
             <w:r w:rsidR="00CD77C6" w:rsidRPr="00524B6D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>-ΚΡΙΤΗΡΙΑ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2529" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EFE05C8" w14:textId="2837829A" w:rsidR="00787775" w:rsidRPr="00524B6D" w:rsidRDefault="00D329B0" w:rsidP="007B7788">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524B6D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>ΧΩΡΟΣ- ΔΙΚΑΙΟΥΧΟΙ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD77C6" w:rsidRPr="00C63503" w14:paraId="33300EC1" w14:textId="12308A66" w:rsidTr="00B45329">
+      <w:tr w:rsidR="00CD77C6" w:rsidRPr="002C17F5" w14:paraId="33300EC1" w14:textId="12308A66" w:rsidTr="00CA38A5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcW w:w="2047" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B710CD5" w14:textId="728CE5F0" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00787775" w:rsidP="00787775">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>Μετά το Κουδούνι</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62218128" w14:textId="65253513" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00787775" w:rsidP="00787775">
+          <w:p w14:paraId="62218128" w14:textId="52C74210" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00787775" w:rsidP="00787775">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>ΚΠ&amp;ΑΠ</w:t>
             </w:r>
             <w:r w:rsidR="00CD77C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C63503">
+            <w:r w:rsidR="00DE5339">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00CD77C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>-12 ετών</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="1524" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A64D30B" w14:textId="38DA9F46" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00C713E9" w:rsidP="00787775">
+          <w:p w14:paraId="3A64D30B" w14:textId="656F8058" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00BC5D5F" w:rsidP="00787775">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r w:rsidR="00787775" w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>:0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00D329B0" w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00787775" w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
@@ -765,341 +763,374 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00787775" w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>16:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1431" w:type="dxa"/>
+            <w:tcW w:w="1445" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49011BF8" w14:textId="162FC6E8" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00D329B0" w:rsidP="00D329B0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcW w:w="1805" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A9AE42A" w14:textId="4526AAD3" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00D329B0" w:rsidP="00D329B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t xml:space="preserve">ΜΗΝΙΑΙΑ ΧΡΕΩΣΗ  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B3A1C21" w14:textId="0300C804" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00D329B0" w:rsidP="00B45329">
+          <w:p w14:paraId="6B3A1C21" w14:textId="3F99E9AE" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00D329B0" w:rsidP="00B45329">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
-              <w:t>Δημοτικό Σχολείο Χατζηγιωργάκη Κορνέσιου</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Δημοτικό Σχολείο </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>Χατζηγιωργάκη</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>Κορνέσιου</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00B45329" w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t xml:space="preserve"> -</w:t>
             </w:r>
             <w:r w:rsidR="0079634E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B45329" w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t xml:space="preserve">Για τα παιδιά που φοιτούν στο Δημοτικό </w:t>
             </w:r>
             <w:r w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD77C6" w:rsidRPr="00C63503" w14:paraId="5F23751C" w14:textId="2F561D38" w:rsidTr="00B45329">
+      <w:tr w:rsidR="00CD77C6" w:rsidRPr="002C17F5" w14:paraId="5F23751C" w14:textId="2F561D38" w:rsidTr="00CA38A5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcW w:w="2047" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3ACE6A16" w14:textId="77777777" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00787775" w:rsidP="00787775">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t xml:space="preserve">Πολυπολιτισμικό Κέντρο Φροντίδας Παιδιών </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55B2C061" w14:textId="36355CEE" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00787775" w:rsidP="00787775">
+          <w:p w14:paraId="55B2C061" w14:textId="0ABAF2E8" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00787775" w:rsidP="00787775">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>ΚΠ&amp;ΑΠ</w:t>
             </w:r>
             <w:r w:rsidR="00CD77C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C63503">
+            <w:r w:rsidR="00DE5339">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00CD77C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>-12 ετών</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="1524" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="458B20E8" w14:textId="534B2BD0" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00C713E9" w:rsidP="00787775">
+          <w:p w14:paraId="458B20E8" w14:textId="28BE0ACC" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00BC5D5F" w:rsidP="00787775">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>:0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D329B0" w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidR="00787775" w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>18:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1431" w:type="dxa"/>
+            <w:tcW w:w="1445" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="057A2BB1" w14:textId="64A04379" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00D329B0" w:rsidP="00D329B0">
+          <w:p w14:paraId="057A2BB1" w14:textId="29062FAE" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00DE5339" w:rsidP="00D329B0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B45329">
-[...6 lines deleted...]
-              <w:t>17</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcW w:w="1805" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30653F8C" w14:textId="63331941" w:rsidR="00D329B0" w:rsidRPr="00B45329" w:rsidRDefault="00D329B0" w:rsidP="00D329B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>ΜΗΝΙΑΙΑ ΧΡΕΩΣΗ</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3AEADCC0" w14:textId="5B8F0108" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00D329B0" w:rsidP="00D329B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -1134,79 +1165,108 @@
               </w:rPr>
               <w:t xml:space="preserve"> κριτήρια (</w:t>
             </w:r>
             <w:r w:rsidR="00CD77C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t xml:space="preserve">κατά </w:t>
             </w:r>
             <w:r w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>προτεραιότητα)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60E8C6B2" w14:textId="566762EE" w:rsidR="00B45329" w:rsidRDefault="00B45329" w:rsidP="00B45329">
+          <w:p w14:paraId="60E8C6B2" w14:textId="4293A46E" w:rsidR="00B45329" w:rsidRDefault="00B45329" w:rsidP="00B45329">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
-              <w:t>Κεντρικό κτίριο Πολυδύναμου Δημοτικού Κέντρου Λευκωσίας</w:t>
+              <w:t>Κεντρικό κτ</w:t>
+            </w:r>
+            <w:r w:rsidR="002C17F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>ή</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>ριο Πολυδύναμου Δημοτικού Κέντρου Λευκωσίας</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
-              <w:t>. Λεωφ</w:t>
-            </w:r>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>Λεωφ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="0079634E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t xml:space="preserve">Νικηφόρου Φωκά  40, 1016 Λευκωσία. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15ABB14E" w14:textId="44C9DE29" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00B45329" w:rsidP="00B45329">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1230,609 +1290,261 @@
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t xml:space="preserve">ια παιδιά που φοιτούν σε Δημοτικά Σχολεία του Δημοτικού </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>Δ</w:t>
             </w:r>
             <w:r w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>ιαμερίσματος Λευκωσίας</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD77C6" w:rsidRPr="00C63503" w14:paraId="4A6407A8" w14:textId="77777777" w:rsidTr="00B45329">
+      <w:tr w:rsidR="00CD77C6" w:rsidRPr="002C17F5" w14:paraId="59D915C1" w14:textId="76BDCD82" w:rsidTr="00CA38A5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcW w:w="2047" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7561AD64" w14:textId="34F8C5BB" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00787775" w:rsidP="00787775">
+          <w:p w14:paraId="6E509853" w14:textId="0580ED8E" w:rsidR="00787775" w:rsidRPr="002F3BE0" w:rsidRDefault="00787775" w:rsidP="00787775">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...30 lines deleted...]
-              <w:t>-12 ετών</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ουράνιο Τόξο </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Παιδοκομικός </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD77C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>Σταθμός</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD77C6" w:rsidRPr="00CD77C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00D76F76" w:rsidRPr="002F3BE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 5 </w:t>
+            </w:r>
+            <w:r w:rsidR="002B0AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ετών </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="1524" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F45CD5D" w14:textId="7F1438A2" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00C713E9" w:rsidP="00787775">
+          <w:p w14:paraId="24F08A3C" w14:textId="3517E18F" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00D329B0" w:rsidP="000570FA">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B45329">
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>07:00</w:t>
+            </w:r>
+            <w:r w:rsidR="000570FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
-              <w:t>:0</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">* </w:t>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>18:00*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1431" w:type="dxa"/>
+            <w:tcW w:w="1445" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73E44252" w14:textId="4E74F708" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00D329B0" w:rsidP="00D329B0">
+          <w:p w14:paraId="3AF3F0CC" w14:textId="302DC76B" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00DE5339" w:rsidP="00D329B0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B45329">
-[...6 lines deleted...]
-              <w:t>20</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcW w:w="1805" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70B0E0C5" w14:textId="3A5CC362" w:rsidR="00D329B0" w:rsidRPr="00B45329" w:rsidRDefault="00D329B0" w:rsidP="00D329B0">
+          <w:p w14:paraId="55BBEEFF" w14:textId="13C0483E" w:rsidR="00D329B0" w:rsidRPr="00B45329" w:rsidRDefault="00D329B0" w:rsidP="00D329B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>ΔΩΡΕΑΝ</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16D14651" w14:textId="307118D9" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00D329B0" w:rsidP="00D329B0">
+          <w:p w14:paraId="3B698326" w14:textId="0179DA76" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00D329B0" w:rsidP="00D329B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t xml:space="preserve">Με </w:t>
             </w:r>
             <w:r w:rsidR="00CD77C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
-              <w:t xml:space="preserve">ειδικά </w:t>
+              <w:t>ειδικά</w:t>
             </w:r>
             <w:r w:rsidRPr="00B45329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
-              <w:t>κριτήρια</w:t>
+              <w:t xml:space="preserve"> κριτήρια</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...338 lines deleted...]
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2529" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A81DBB3" w14:textId="5781F545" w:rsidR="00787775" w:rsidRPr="00B45329" w:rsidRDefault="00B45329" w:rsidP="00B45329">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>Κτήριο «Γεωργία Πολυβίου».</w:t>
             </w:r>
             <w:r w:rsidR="00524B6D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
@@ -1862,521 +1574,618 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t xml:space="preserve"> Για νήπια του Δήμου Λευκωσίας </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0E201AC5" w14:textId="6F10CCA9" w:rsidR="007B7788" w:rsidRPr="00CD77C6" w:rsidRDefault="007B7788" w:rsidP="00CD77C6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk193718001"/>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="7D2BB8B0" w14:textId="73A28B4B" w:rsidR="007B7788" w:rsidRPr="00CD77C6" w:rsidRDefault="007B7788" w:rsidP="00DD07C9">
+    <w:p w14:paraId="7B7FA440" w14:textId="7034FD5E" w:rsidR="000570FA" w:rsidRPr="000570FA" w:rsidRDefault="000570FA" w:rsidP="002C17F5">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD77C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t>*</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000570FA" w:rsidRPr="00CD77C6">
+        <w:t xml:space="preserve">*δυνατότητα εξυπηρέτησης μέχρι τις 20:00 από </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD77C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t>δυνατότητα εξυπηρέτησης μέχρι τις 20:00 Δευ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DD07C9">
+        <w:t>Δευ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD77C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve">τέρα </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000570FA" w:rsidRPr="00CD77C6">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD77C6" w:rsidRPr="00CD77C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CD77C6" w:rsidRPr="00CD77C6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD77C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...62 lines deleted...]
-        <w:t>τους</w:t>
+        <w:t>Παρ νοουμένου ότι αποδεδειγμένα οι γονείς εργάζονται μέχρι αργά και χρήζουν ανάγκης φύλαξης των παιδιών τους</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B7FA440" w14:textId="69EAE6BB" w:rsidR="000570FA" w:rsidRPr="000570FA" w:rsidRDefault="000570FA" w:rsidP="00DD07C9">
-[...73 lines deleted...]
-    <w:p w14:paraId="1776D377" w14:textId="77777777" w:rsidR="00524B6D" w:rsidRDefault="00524B6D" w:rsidP="00DD07C9">
+    <w:p w14:paraId="1776D377" w14:textId="77777777" w:rsidR="00524B6D" w:rsidRDefault="00524B6D" w:rsidP="007B7788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CCA618E" w14:textId="25ADA99C" w:rsidR="007B7788" w:rsidRPr="00524B6D" w:rsidRDefault="00524B6D" w:rsidP="007B7788">
+    <w:p w14:paraId="6EDC2B43" w14:textId="77777777" w:rsidR="00CA38A5" w:rsidRDefault="00CA38A5" w:rsidP="007B7788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00524B6D">
+    </w:p>
+    <w:p w14:paraId="3CCA618E" w14:textId="6E346D17" w:rsidR="007B7788" w:rsidRPr="00524B6D" w:rsidRDefault="00524B6D" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t>Οι αιτήσεις υποβάλλονται ηλεκτρονικά από τις 31/3/2025 μέχρι και την 25/4/2025 ή μέχρι την πλήρωση των θέσεων</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00524B6D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">Οι αιτήσεις υποβάλλονται ηλεκτρονικά από τις </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5339" w:rsidRPr="002B0AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>02</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>/0</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5339" w:rsidRPr="002B0AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5339" w:rsidRPr="002B0AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> μέχρι και τ</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5339" w:rsidRPr="002B0AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>ις</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5339" w:rsidRPr="002B0AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="002F3BE0" w:rsidRPr="002F3BE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>/0</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5339" w:rsidRPr="002B0AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5339" w:rsidRPr="002B0AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ή μέχρι την πλήρωση των θέσεων.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB544C" w:rsidRPr="002B0AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37788CDA" w14:textId="77777777" w:rsidR="00524B6D" w:rsidRDefault="00524B6D" w:rsidP="007B7788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C15766D" w14:textId="77777777" w:rsidR="00524B6D" w:rsidRDefault="00524B6D" w:rsidP="007B7788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58C61211" w14:textId="77777777" w:rsidR="00524B6D" w:rsidRDefault="00524B6D" w:rsidP="007B7788">
+    <w:p w14:paraId="051B3EFA" w14:textId="77777777" w:rsidR="00CA38A5" w:rsidRDefault="00CA38A5" w:rsidP="007B7788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="50833C19" w14:textId="77777777" w:rsidR="00CA38A5" w:rsidRDefault="00CA38A5" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="473156F2" w14:textId="77777777" w:rsidR="00CA38A5" w:rsidRDefault="00CA38A5" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41FFD2FE" w14:textId="77777777" w:rsidR="00CA38A5" w:rsidRDefault="00CA38A5" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A06C4A2" w14:textId="77777777" w:rsidR="00CA38A5" w:rsidRDefault="00CA38A5" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A61172B" w14:textId="77777777" w:rsidR="00CA38A5" w:rsidRDefault="00CA38A5" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58C61211" w14:textId="77777777" w:rsidR="00524B6D" w:rsidRPr="002C17F5" w:rsidRDefault="00524B6D" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F0945F0" w14:textId="77777777" w:rsidR="002F3BE0" w:rsidRPr="002C17F5" w:rsidRDefault="002F3BE0" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D1BEBE0" w14:textId="77777777" w:rsidR="002F3BE0" w:rsidRPr="002C17F5" w:rsidRDefault="002F3BE0" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A6C9B18" w14:textId="77777777" w:rsidR="002F3BE0" w:rsidRPr="002C17F5" w:rsidRDefault="002F3BE0" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59EE375C" w14:textId="77777777" w:rsidR="004C7F3B" w:rsidRDefault="004C7F3B" w:rsidP="007B7788">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="6B8424E8" w14:textId="77777777" w:rsidR="00CA6518" w:rsidRPr="00DF50BD" w:rsidRDefault="00CA6518" w:rsidP="00B76963">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="781A2627" w14:textId="77777777" w:rsidR="00DD07C9" w:rsidRDefault="00DD07C9" w:rsidP="00B76963">
-[...45 lines deleted...]
-    <w:p w14:paraId="7C894F4D" w14:textId="45581E4C" w:rsidR="00E11168" w:rsidRPr="00DF50BD" w:rsidRDefault="009071E2" w:rsidP="00B76963">
+    <w:p w14:paraId="7C894F4D" w14:textId="78D6A65C" w:rsidR="00E11168" w:rsidRPr="00DF50BD" w:rsidRDefault="009071E2" w:rsidP="00B76963">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk71898029"/>
       <w:r w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Οι ενδιαφερόμενοι γονείς παρακαλούνται όπως μελετήσουν προσεκτικά τα </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Οι ενδιαφερόμενοι γονείς παρακαλούνται όπως</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE5339">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> μελετήσουν προσεκτικά τα </w:t>
+      </w:r>
+      <w:r w:rsidR="00F66F77" w:rsidRPr="00DE5339">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>κριτήρια και κανονισμ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF50BD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00DE5339">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve">ούς </w:t>
       </w:r>
-      <w:r w:rsidR="00F66F77" w:rsidRPr="00DF50BD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00F66F77" w:rsidRPr="00DE5339">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>λειτουργίας</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF50BD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00DE5339">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve"> των προγραμμάτων</w:t>
       </w:r>
-      <w:r w:rsidR="00280E67" w:rsidRPr="00DF50BD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00280E67" w:rsidRPr="00DE5339">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F66F77" w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve">βλ. </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>https</w:t>
         </w:r>
         <w:r w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="el-GR"/>
           </w:rPr>
           <w:t>://</w:t>
         </w:r>
         <w:r w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>www</w:t>
         </w:r>
         <w:r w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="el-GR"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>nicosia</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="el-GR"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>org</w:t>
         </w:r>
         <w:r w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="el-GR"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>cy</w:t>
         </w:r>
         <w:r w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="el-GR"/>
           </w:rPr>
           <w:t>/</w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>el</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="el-GR"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
         <w:r w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>GR</w:t>
         </w:r>
         <w:r w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="el-GR"/>
           </w:rPr>
           <w:t>/</w:t>
         </w:r>
         <w:r w:rsidRPr="00DF50BD">
           <w:rPr>
@@ -2386,72 +2195,76 @@
           <w:t>municipality</w:t>
         </w:r>
         <w:r w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="el-GR"/>
           </w:rPr>
           <w:t>/</w:t>
         </w:r>
         <w:r w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>multipurpose</w:t>
         </w:r>
         <w:r w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="el-GR"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>centre</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="el-GR"/>
           </w:rPr>
           <w:t>/</w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>ppkap</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="el-GR"/>
           </w:rPr>
           <w:t>/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F66F77" w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2521,72 +2334,76 @@
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00B76963" w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>https</w:t>
         </w:r>
         <w:r w:rsidR="00B76963" w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="el-GR"/>
           </w:rPr>
           <w:t>://</w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00B76963" w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>noiazomainicosia</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="00B76963" w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="el-GR"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00B76963" w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>intellisoft</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="00B76963" w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="el-GR"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidR="00B76963" w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>gr</w:t>
         </w:r>
         <w:r w:rsidR="00B76963" w:rsidRPr="00DF50BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="el-GR"/>
           </w:rPr>
           <w:t>/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B76963" w:rsidRPr="00DF50BD">
@@ -2689,428 +2506,442 @@
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>Εγγραφή του παιδιού ως «Νέου Μέλος» του χρήστη</w:t>
       </w:r>
       <w:r w:rsidR="00C30525" w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve"> της πλατφόρμας</w:t>
       </w:r>
       <w:r w:rsidR="00B76963" w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D26C475" w14:textId="194ADAF1" w:rsidR="00C30525" w:rsidRPr="00DF50BD" w:rsidRDefault="0073667F" w:rsidP="00B76963">
+    <w:p w14:paraId="1D26C475" w14:textId="194ADAF1" w:rsidR="00C30525" w:rsidRPr="002F3BE0" w:rsidRDefault="0073667F" w:rsidP="00B76963">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00DF50BD">
+        <w:t>Υποβολή</w:t>
+      </w:r>
+      <w:r w:rsidR="004E74F2" w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t>Υποβολή</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004E74F2" w:rsidRPr="00DF50BD">
+        <w:t xml:space="preserve"> αιτήματος </w:t>
+      </w:r>
+      <w:r w:rsidR="000E6E2D" w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> αιτήματος </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000E6E2D" w:rsidRPr="00DF50BD">
+        <w:t>(«Νέ</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2569" w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t>(«Νέ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CD2569" w:rsidRPr="00DF50BD">
+        <w:t>ο</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6E2D" w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t>ο</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000E6E2D" w:rsidRPr="00DF50BD">
+        <w:t xml:space="preserve"> Αίτη</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2569" w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Αίτη</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CD2569" w:rsidRPr="00DF50BD">
+        <w:t>μα</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6E2D" w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t>μα</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000E6E2D" w:rsidRPr="00DF50BD">
+        <w:t xml:space="preserve">») </w:t>
+      </w:r>
+      <w:r w:rsidR="001865CB" w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve">») </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001865CB" w:rsidRPr="00DF50BD">
+        <w:t xml:space="preserve">για ένταξη του ήδη </w:t>
+      </w:r>
+      <w:r w:rsidR="00C30525" w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve">για ένταξη του ήδη </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C30525" w:rsidRPr="00DF50BD">
+        <w:t xml:space="preserve">εγγεγραμμένου μέλους στο πρόγραμμα </w:t>
+      </w:r>
+      <w:r w:rsidR="00C70EC4" w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve">εγγεγραμμένου μέλους στο πρόγραμμα </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C70EC4" w:rsidRPr="00DF50BD">
+        <w:t>επιλογής</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t>επιλογής</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DF50BD">
+        <w:t>, ακολουθώντας τις οδηγίες συμπλήρωσης</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6E2D" w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t>, ακολουθώντας τις οδηγίες συμπλήρωσης</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000E6E2D" w:rsidRPr="00DF50BD">
+        <w:t xml:space="preserve"> και επισυνάπτοντας </w:t>
+      </w:r>
+      <w:r w:rsidR="00C30525" w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> και επισυνάπτοντας </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C30525" w:rsidRPr="00DF50BD">
+        <w:t>ή επιλ</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6E2D" w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t>ή επιλ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000E6E2D" w:rsidRPr="00DF50BD">
+        <w:t>έγοντας τα</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30525" w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t>έγοντας τα</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C30525" w:rsidRPr="00DF50BD">
+        <w:t xml:space="preserve"> απαραίτητ</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6E2D" w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> απαραίτητ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000E6E2D" w:rsidRPr="00DF50BD">
+        <w:t>α</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30525" w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t>α</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C30525" w:rsidRPr="00DF50BD">
+        <w:t xml:space="preserve"> παραστατι</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6E2D" w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> παραστατι</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000E6E2D" w:rsidRPr="00DF50BD">
+        <w:t>κά</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30525" w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t>κά</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C30525" w:rsidRPr="00DF50BD">
+        <w:t xml:space="preserve"> (ισχύει για όσους έχουν ανεβάσει ήδη παραστατικά κατά τις εγγραφές καλοκαιρινών)</w:t>
+      </w:r>
+      <w:r w:rsidR="006E70AB" w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (ισχύει για όσους έχουν ανεβάσει ήδη παραστατικά κατά τις εγγραφές καλοκαιρινών)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006E70AB" w:rsidRPr="00DF50BD">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="006E70AB" w:rsidRPr="002F3BE0">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="auto"/>
-          <w:u w:val="none"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="006E70AB" w:rsidRPr="00DF50BD">
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>Αιτήσεις που δεν θα περιλαμβάνουν όλα τα απαραίτητα παραστατικά δεν θα εγκρίνονται</w:t>
+      </w:r>
+      <w:r w:rsidR="00320774" w:rsidRPr="002F3BE0">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="auto"/>
-          <w:lang w:val="el-GR"/>
-[...8 lines deleted...]
-          <w:u w:val="none"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D982E1C" w14:textId="336533DC" w:rsidR="009071E2" w:rsidRPr="00DF50BD" w:rsidRDefault="009071E2" w:rsidP="00B76963">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="0A85D3F4" w14:textId="0375B35B" w:rsidR="00946657" w:rsidRPr="00946657" w:rsidRDefault="004407FC" w:rsidP="00946657">
+    <w:p w14:paraId="2D2ACC87" w14:textId="0714C449" w:rsidR="00CC0F6B" w:rsidRPr="00DF50BD" w:rsidRDefault="004407FC" w:rsidP="00B76963">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Πολυπολιτισμικό Κέντρο Φροντίδας Απασχόλησης Παιδιών Λευκωσίας» </w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Πολυπολιτισμικό Κέντρο Φροντίδας Απασχόλησης Παιδιών Λευκωσίας» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66C9F8FA" w14:textId="2E725EE7" w:rsidR="006C1681" w:rsidRPr="003D53A4" w:rsidRDefault="00CA6518" w:rsidP="003D53A4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="202124"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D53A4">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="202124"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t>Κόστ</w:t>
-[...3 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+        <w:t>Κόστη Συμμετοχής:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="762A0211" w14:textId="48F3EE56" w:rsidR="00603E97" w:rsidRPr="00DF50BD" w:rsidRDefault="00603E97" w:rsidP="00587BA5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="634"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="202124"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t>ος</w:t>
-[...3 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF50BD">
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="202124"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="el-GR"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00603E97" w:rsidRPr="00DF50BD">
+        </w:rPr>
+        <w:t>                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="202124"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00603E97" w:rsidRPr="00DF50BD">
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="202124"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="el-GR"/>
-[...7 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF50BD">
+      <w:r w:rsidR="00CA6518" w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="202124"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>   </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4495"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F86FBA" w14:paraId="2CC435BA" w14:textId="77777777" w:rsidTr="00F86FBA">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60A1C623" w14:textId="4FA7424E" w:rsidR="00F86FBA" w:rsidRPr="00F86FBA" w:rsidRDefault="00F86FBA" w:rsidP="003D53A4">
+          <w:p w14:paraId="60A1C623" w14:textId="5C4EC2E4" w:rsidR="00F86FBA" w:rsidRPr="00F86FBA" w:rsidRDefault="00F86FBA" w:rsidP="003D53A4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F86FBA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
-              <w:t xml:space="preserve">Με ειδικά κριτήρια (προτεραιότητα)                </w:t>
+              <w:t>Με ειδικά κριτήρια (</w:t>
+            </w:r>
+            <w:r w:rsidR="002B0AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">κατά </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F86FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="el-GR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">προτεραιότητα)                </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="393B2341" w14:textId="1C6D3064" w:rsidR="00F86FBA" w:rsidRDefault="00F86FBA" w:rsidP="003D53A4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF50BD">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="202124"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t xml:space="preserve">Χωρίς ειδικά κριτήρια </w:t>
@@ -3657,89 +3488,69 @@
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="202124"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>4 παιδιά € 450/μήνα</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="10CEBB7C" w14:textId="77777777" w:rsidR="003D53A4" w:rsidRDefault="003D53A4" w:rsidP="003D53A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13863631" w14:textId="77777777" w:rsidR="00DD07C9" w:rsidRPr="00DD07C9" w:rsidRDefault="003D53A4" w:rsidP="00DD07C9">
-[...23 lines deleted...]
-    <w:p w14:paraId="7674CE92" w14:textId="1ED9C201" w:rsidR="003D53A4" w:rsidRPr="00DD07C9" w:rsidRDefault="003D53A4" w:rsidP="003D53A4">
+    <w:p w14:paraId="7674CE92" w14:textId="7A25A242" w:rsidR="003D53A4" w:rsidRPr="003D53A4" w:rsidRDefault="003D53A4" w:rsidP="003D53A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:val="el-GR"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">λειτουργεί με την συγχρηματοδότηση του Υφυπουργείου Κοινωνικής Πρόνοιας, του ιδρύματος Α. Γ. Λεβέντη και του Δήμου Λευκωσίας. </w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D53A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Το πρόγραμμα λειτουργεί με την συγχρηματοδότηση του Υφυπουργείου Κοινωνικής Πρόνοιας, του ιδρύματος Α. Γ. Λεβέντη και του Δήμου Λευκωσίας. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50345019" w14:textId="1D919C68" w:rsidR="00CA6518" w:rsidRPr="00DF50BD" w:rsidRDefault="00CA6518" w:rsidP="00587BA5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="634"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="202124"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="202124"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>    </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="202124"/>
@@ -3778,113 +3589,106 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="202124"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="202124"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="202124"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E4EDCA4" w14:textId="62737C55" w:rsidR="00946657" w:rsidRPr="00DF50BD" w:rsidRDefault="004407FC" w:rsidP="00587BA5">
+    <w:p w14:paraId="5F2CAEA1" w14:textId="0195D3F3" w:rsidR="00CA6518" w:rsidRPr="00DF50BD" w:rsidRDefault="004407FC" w:rsidP="00587BA5">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>«Μετά το Κουδούνι»</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11F568E3" w14:textId="5A5AFDFE" w:rsidR="00F86FBA" w:rsidRPr="003D53A4" w:rsidRDefault="00084E89" w:rsidP="003D53A4">
+    <w:p w14:paraId="77E7EB1C" w14:textId="21346DC0" w:rsidR="00084E89" w:rsidRDefault="00084E89" w:rsidP="003D53A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk66970377"/>
       <w:r w:rsidRPr="003D53A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t>Κόστ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00946657">
+        <w:t>Κόστη Συμμετοχής:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11F568E3" w14:textId="77777777" w:rsidR="00F86FBA" w:rsidRPr="003D53A4" w:rsidRDefault="00F86FBA" w:rsidP="003D53A4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t>ος</w:t>
-[...9 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="535" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4500"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F86FBA" w14:paraId="59127E1D" w14:textId="77777777" w:rsidTr="00F86FBA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="480A9567" w14:textId="21CDF57C" w:rsidR="00F86FBA" w:rsidRDefault="00F86FBA" w:rsidP="00F86FBA">
             <w:pPr>
               <w:ind w:left="630"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
@@ -4157,394 +3961,357 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1CF3C0E7" w14:textId="77777777" w:rsidR="00206317" w:rsidRPr="00DF50BD" w:rsidRDefault="00206317" w:rsidP="00587BA5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="630"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="36F80556" w14:textId="62D8B26E" w:rsidR="003D53A4" w:rsidRPr="00946657" w:rsidRDefault="003D53A4" w:rsidP="00DD07C9">
-[...26 lines deleted...]
-        <w:t xml:space="preserve">λειτουργεί με την συγχρηματοδότηση του Υφυπουργείου Κοινωνικής Πρόνοιας, του Δήμου Λευκωσίας, καθώς και με την συμβολή της Σχολικής Εφορείας Λευκωσίας και τη στήριξη του Συνδέσμου Γονέων του Σχολείου και της Διεύθυνσης του Σχολείου. </w:t>
+    <w:p w14:paraId="36F80556" w14:textId="77777777" w:rsidR="003D53A4" w:rsidRPr="003D53A4" w:rsidRDefault="003D53A4" w:rsidP="003D53A4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D53A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Το πρόγραμμα λειτουργεί με την συγχρηματοδότηση του Υφυπουργείου Κοινωνικής Πρόνοιας, του Δήμου Λευκωσίας, καθώς και με την συμβολή της Σχολικής Εφορείας Λευκωσίας και τη στήριξη του Συνδέσμου Γονέων του Σχολείου και της Διεύθυνσης του Σχολείου. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B25A133" w14:textId="77777777" w:rsidR="003D53A4" w:rsidRDefault="003D53A4" w:rsidP="003D53A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="645856D6" w14:textId="733499AA" w:rsidR="003D53A4" w:rsidRDefault="003D53A4" w:rsidP="003D53A4">
+    <w:p w14:paraId="63F19712" w14:textId="6681584E" w:rsidR="003D53A4" w:rsidRPr="003D53A4" w:rsidRDefault="003D53A4" w:rsidP="003D53A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D53A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>«Ουράνιο</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D53A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>Τόξο»</w:t>
       </w:r>
-      <w:r w:rsidR="00946657">
+    </w:p>
+    <w:p w14:paraId="645856D6" w14:textId="2C082C35" w:rsidR="003D53A4" w:rsidRDefault="003D53A4" w:rsidP="003D53A4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - </w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="003D53A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>ΔΩΡΕΑΝ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="349BB102" w14:textId="77777777" w:rsidR="00206317" w:rsidRPr="003D53A4" w:rsidRDefault="00206317" w:rsidP="003D53A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23FA0258" w14:textId="56315B5C" w:rsidR="003D53A4" w:rsidRPr="00946657" w:rsidRDefault="003D53A4" w:rsidP="003D53A4">
+    <w:p w14:paraId="23FA0258" w14:textId="48106A9B" w:rsidR="003D53A4" w:rsidRPr="003D53A4" w:rsidRDefault="003D53A4" w:rsidP="003D53A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Batang" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00946657">
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> υλοποιείται στο πλαίσιο του Προγράμματος Πολιτικής Συνοχής «ΘΑλΕΙΑ 2021 – 2027» με τη συγχρηματοδότηση της Ε.Ε.</w:t>
+      <w:r w:rsidRPr="003D53A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>Το έργο υλοποιείται στο πλαίσιο του Προγράμματος Πολιτικής Συνοχής «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D53A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>ΘΑλΕΙΑ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D53A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2021 – 2027» με τη συγχρηματοδότηση της Ε.Ε.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B018C1E" w14:textId="77777777" w:rsidR="00946657" w:rsidRDefault="00946657" w:rsidP="003D53A4">
+    <w:p w14:paraId="4938B51F" w14:textId="77777777" w:rsidR="003D53A4" w:rsidRDefault="003D53A4" w:rsidP="003D53A4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A1A1FEA" w14:textId="1695E8FD" w:rsidR="003D53A4" w:rsidRDefault="002B1DD3" w:rsidP="003D53A4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>Ιανουάριος 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05593BF9" w14:textId="77777777" w:rsidR="00B57F92" w:rsidRDefault="00B57F92" w:rsidP="003D53A4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03C1F19A" w14:textId="77777777" w:rsidR="00B57F92" w:rsidRPr="003D53A4" w:rsidRDefault="00B57F92" w:rsidP="003D53A4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="139B4C47" w14:textId="38D6A655" w:rsidR="009B33EF" w:rsidRPr="00DF50BD" w:rsidRDefault="009A7849" w:rsidP="00147416">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1138"/>
           <w:tab w:val="center" w:pos="6353"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF50BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>Από το Πολυδύναμο Δημοτικό Κέντρο Λευκωσίας</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="229EDCC5" w14:textId="77777777" w:rsidR="00946657" w:rsidRDefault="00946657" w:rsidP="00946657">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="6E2286D0" w14:textId="4CBA78FF" w:rsidR="00A77724" w:rsidRPr="00DF50BD" w:rsidRDefault="00A77724" w:rsidP="00786608">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7612D862" w14:textId="5353017F" w:rsidR="00946657" w:rsidRDefault="00C63503" w:rsidP="00946657">
-[...70 lines deleted...]
-    <w:sectPr w:rsidR="00206317" w:rsidRPr="00946657" w:rsidSect="00841C59">
+    <w:sectPr w:rsidR="00A77724" w:rsidRPr="00DF50BD" w:rsidSect="00841C59">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="0" w:right="1440" w:bottom="450" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="A1"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="A1"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="A1"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="A1"/>
+    <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="A1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="A1"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="12E100B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE5E9B7C"/>
     <w:lvl w:ilvl="0" w:tplc="0408000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04080019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -5761,355 +5528,368 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2112311111">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="601567767">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1059397238">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1124080220">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1431508343">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00542CFF"/>
     <w:rsid w:val="00022874"/>
-    <w:rsid w:val="00053637"/>
     <w:rsid w:val="000570FA"/>
     <w:rsid w:val="00063785"/>
     <w:rsid w:val="00071F8C"/>
     <w:rsid w:val="00074143"/>
     <w:rsid w:val="00074CE5"/>
     <w:rsid w:val="00076935"/>
     <w:rsid w:val="0008498F"/>
     <w:rsid w:val="00084E89"/>
     <w:rsid w:val="0009203B"/>
     <w:rsid w:val="00094198"/>
     <w:rsid w:val="000A54D7"/>
     <w:rsid w:val="000C6818"/>
     <w:rsid w:val="000D0473"/>
     <w:rsid w:val="000D339F"/>
     <w:rsid w:val="000E6E2D"/>
     <w:rsid w:val="000E74A6"/>
     <w:rsid w:val="001101BB"/>
     <w:rsid w:val="00113D56"/>
     <w:rsid w:val="00115D30"/>
     <w:rsid w:val="00121220"/>
     <w:rsid w:val="00127CA4"/>
     <w:rsid w:val="00134455"/>
     <w:rsid w:val="00137D3B"/>
     <w:rsid w:val="00143C4C"/>
     <w:rsid w:val="00147416"/>
     <w:rsid w:val="001717C7"/>
     <w:rsid w:val="001725E6"/>
     <w:rsid w:val="0017611F"/>
     <w:rsid w:val="001865CB"/>
     <w:rsid w:val="00194911"/>
     <w:rsid w:val="00197380"/>
     <w:rsid w:val="001A5C3B"/>
     <w:rsid w:val="001B3879"/>
     <w:rsid w:val="001B6BCC"/>
     <w:rsid w:val="001C4E5C"/>
     <w:rsid w:val="001D1877"/>
     <w:rsid w:val="001D4D32"/>
     <w:rsid w:val="001E1CD2"/>
     <w:rsid w:val="001E4382"/>
     <w:rsid w:val="001F2F1D"/>
     <w:rsid w:val="001F5EF7"/>
     <w:rsid w:val="002015DF"/>
     <w:rsid w:val="00206317"/>
     <w:rsid w:val="00217AF7"/>
     <w:rsid w:val="002251CD"/>
     <w:rsid w:val="00225C29"/>
     <w:rsid w:val="00226C28"/>
     <w:rsid w:val="0023126C"/>
     <w:rsid w:val="002443EB"/>
-    <w:rsid w:val="00254766"/>
     <w:rsid w:val="00255028"/>
     <w:rsid w:val="00280E67"/>
     <w:rsid w:val="002852AC"/>
     <w:rsid w:val="00290122"/>
     <w:rsid w:val="00297D53"/>
     <w:rsid w:val="002B06A0"/>
+    <w:rsid w:val="002B0AEE"/>
+    <w:rsid w:val="002B1DD3"/>
+    <w:rsid w:val="002C17F5"/>
     <w:rsid w:val="002C4F89"/>
     <w:rsid w:val="002D5B28"/>
     <w:rsid w:val="002E0FEA"/>
+    <w:rsid w:val="002E3752"/>
     <w:rsid w:val="002E6242"/>
+    <w:rsid w:val="002F3BE0"/>
     <w:rsid w:val="00300653"/>
     <w:rsid w:val="00302632"/>
     <w:rsid w:val="00311C00"/>
     <w:rsid w:val="00320774"/>
     <w:rsid w:val="00332D93"/>
     <w:rsid w:val="003346C5"/>
     <w:rsid w:val="003437B5"/>
     <w:rsid w:val="00346CBD"/>
     <w:rsid w:val="00350BC8"/>
     <w:rsid w:val="00352A7D"/>
     <w:rsid w:val="00370BC5"/>
     <w:rsid w:val="0039670B"/>
     <w:rsid w:val="003B2417"/>
     <w:rsid w:val="003D0A8C"/>
     <w:rsid w:val="003D53A4"/>
     <w:rsid w:val="003E52AC"/>
     <w:rsid w:val="003F4DD8"/>
     <w:rsid w:val="004002C6"/>
     <w:rsid w:val="00401ADC"/>
     <w:rsid w:val="00422873"/>
     <w:rsid w:val="004407FC"/>
     <w:rsid w:val="0044142A"/>
     <w:rsid w:val="00441604"/>
     <w:rsid w:val="00452F05"/>
     <w:rsid w:val="00455ABB"/>
     <w:rsid w:val="00462CE3"/>
     <w:rsid w:val="00464C9D"/>
     <w:rsid w:val="00471D48"/>
     <w:rsid w:val="004772A2"/>
     <w:rsid w:val="004805A6"/>
     <w:rsid w:val="00483083"/>
     <w:rsid w:val="00487416"/>
     <w:rsid w:val="00491CDD"/>
     <w:rsid w:val="004923F3"/>
     <w:rsid w:val="004A1032"/>
     <w:rsid w:val="004B50D1"/>
     <w:rsid w:val="004C254A"/>
     <w:rsid w:val="004C78EB"/>
+    <w:rsid w:val="004C7F3B"/>
     <w:rsid w:val="004D4EE1"/>
     <w:rsid w:val="004E178F"/>
     <w:rsid w:val="004E74F2"/>
+    <w:rsid w:val="004F0445"/>
     <w:rsid w:val="004F4F6D"/>
     <w:rsid w:val="0050104A"/>
     <w:rsid w:val="00510216"/>
     <w:rsid w:val="00524B6D"/>
     <w:rsid w:val="00542C4D"/>
     <w:rsid w:val="00542CFF"/>
     <w:rsid w:val="00546DA5"/>
     <w:rsid w:val="00562C3B"/>
     <w:rsid w:val="0057616D"/>
     <w:rsid w:val="00587BA5"/>
     <w:rsid w:val="00595346"/>
     <w:rsid w:val="005B6CBF"/>
     <w:rsid w:val="00603E97"/>
     <w:rsid w:val="00612D3B"/>
     <w:rsid w:val="0062190B"/>
     <w:rsid w:val="00624C4F"/>
     <w:rsid w:val="00625B89"/>
     <w:rsid w:val="006322A8"/>
     <w:rsid w:val="006322DF"/>
     <w:rsid w:val="00635422"/>
     <w:rsid w:val="00641F9F"/>
     <w:rsid w:val="00643CCE"/>
     <w:rsid w:val="006556CF"/>
     <w:rsid w:val="00675AF2"/>
     <w:rsid w:val="00676946"/>
-    <w:rsid w:val="00691C92"/>
+    <w:rsid w:val="00687658"/>
     <w:rsid w:val="006977D6"/>
     <w:rsid w:val="006C0022"/>
     <w:rsid w:val="006C1681"/>
     <w:rsid w:val="006D049B"/>
     <w:rsid w:val="006D7D08"/>
     <w:rsid w:val="006E70AB"/>
     <w:rsid w:val="00707EB4"/>
     <w:rsid w:val="007231D4"/>
     <w:rsid w:val="0073667F"/>
     <w:rsid w:val="00752630"/>
     <w:rsid w:val="00770062"/>
     <w:rsid w:val="00772FC2"/>
     <w:rsid w:val="0077454F"/>
     <w:rsid w:val="007863A3"/>
     <w:rsid w:val="00786608"/>
     <w:rsid w:val="00787775"/>
     <w:rsid w:val="0079008A"/>
     <w:rsid w:val="0079634E"/>
     <w:rsid w:val="007A0B02"/>
     <w:rsid w:val="007A3572"/>
     <w:rsid w:val="007B0299"/>
     <w:rsid w:val="007B7788"/>
     <w:rsid w:val="007C2BF5"/>
     <w:rsid w:val="007C2EA5"/>
     <w:rsid w:val="007D12E1"/>
     <w:rsid w:val="007D19DB"/>
     <w:rsid w:val="007E6BD6"/>
     <w:rsid w:val="007F6445"/>
     <w:rsid w:val="00834C1B"/>
+    <w:rsid w:val="00836728"/>
     <w:rsid w:val="00841C59"/>
     <w:rsid w:val="008729A5"/>
     <w:rsid w:val="008863BF"/>
     <w:rsid w:val="00890815"/>
     <w:rsid w:val="008C2CAD"/>
     <w:rsid w:val="008E72CB"/>
     <w:rsid w:val="008F2AB7"/>
     <w:rsid w:val="008F4C48"/>
     <w:rsid w:val="009071E2"/>
     <w:rsid w:val="00913CC4"/>
     <w:rsid w:val="009172EA"/>
     <w:rsid w:val="0092142C"/>
     <w:rsid w:val="00932946"/>
     <w:rsid w:val="009368DC"/>
-    <w:rsid w:val="00946657"/>
     <w:rsid w:val="00956113"/>
     <w:rsid w:val="0096244E"/>
     <w:rsid w:val="00974684"/>
     <w:rsid w:val="00975ADD"/>
     <w:rsid w:val="009952A0"/>
     <w:rsid w:val="009A7849"/>
     <w:rsid w:val="009B306E"/>
     <w:rsid w:val="009B33EF"/>
     <w:rsid w:val="009B5820"/>
     <w:rsid w:val="009C6CE8"/>
     <w:rsid w:val="009E2D24"/>
     <w:rsid w:val="009F4F17"/>
     <w:rsid w:val="009F56B2"/>
     <w:rsid w:val="009F6176"/>
     <w:rsid w:val="00A03426"/>
     <w:rsid w:val="00A06723"/>
     <w:rsid w:val="00A4142E"/>
     <w:rsid w:val="00A510B7"/>
     <w:rsid w:val="00A628A9"/>
     <w:rsid w:val="00A65586"/>
     <w:rsid w:val="00A77724"/>
     <w:rsid w:val="00A87E49"/>
     <w:rsid w:val="00A97062"/>
     <w:rsid w:val="00AA3922"/>
     <w:rsid w:val="00AB107D"/>
     <w:rsid w:val="00AB3033"/>
     <w:rsid w:val="00AC3832"/>
     <w:rsid w:val="00AD02F3"/>
+    <w:rsid w:val="00AE252D"/>
+    <w:rsid w:val="00AE45E7"/>
     <w:rsid w:val="00AE6E85"/>
     <w:rsid w:val="00AF619D"/>
     <w:rsid w:val="00B155EF"/>
     <w:rsid w:val="00B216E6"/>
     <w:rsid w:val="00B33162"/>
     <w:rsid w:val="00B45329"/>
     <w:rsid w:val="00B465A0"/>
     <w:rsid w:val="00B55A42"/>
+    <w:rsid w:val="00B57F92"/>
     <w:rsid w:val="00B65ECF"/>
     <w:rsid w:val="00B66C01"/>
     <w:rsid w:val="00B75C88"/>
     <w:rsid w:val="00B76963"/>
     <w:rsid w:val="00B84D06"/>
     <w:rsid w:val="00B8643C"/>
     <w:rsid w:val="00B940EC"/>
     <w:rsid w:val="00B97469"/>
     <w:rsid w:val="00BA72F1"/>
     <w:rsid w:val="00BB7447"/>
+    <w:rsid w:val="00BC5D5F"/>
     <w:rsid w:val="00BC785D"/>
     <w:rsid w:val="00BD289E"/>
     <w:rsid w:val="00BD53AC"/>
     <w:rsid w:val="00BE4B9C"/>
-    <w:rsid w:val="00BE5905"/>
     <w:rsid w:val="00BF7CF0"/>
     <w:rsid w:val="00C02F35"/>
     <w:rsid w:val="00C14A20"/>
     <w:rsid w:val="00C200A3"/>
     <w:rsid w:val="00C30525"/>
     <w:rsid w:val="00C32000"/>
-    <w:rsid w:val="00C63503"/>
     <w:rsid w:val="00C660C1"/>
     <w:rsid w:val="00C70EC4"/>
-    <w:rsid w:val="00C713E9"/>
     <w:rsid w:val="00C75C34"/>
     <w:rsid w:val="00C823A4"/>
+    <w:rsid w:val="00CA38A5"/>
     <w:rsid w:val="00CA6518"/>
     <w:rsid w:val="00CA6FD8"/>
     <w:rsid w:val="00CA782C"/>
     <w:rsid w:val="00CB27A4"/>
+    <w:rsid w:val="00CB544C"/>
     <w:rsid w:val="00CC0F6B"/>
     <w:rsid w:val="00CC7C04"/>
     <w:rsid w:val="00CD2569"/>
     <w:rsid w:val="00CD77C6"/>
     <w:rsid w:val="00CE3F50"/>
     <w:rsid w:val="00CF0ABB"/>
     <w:rsid w:val="00D101CF"/>
     <w:rsid w:val="00D125DF"/>
+    <w:rsid w:val="00D16BD4"/>
     <w:rsid w:val="00D17588"/>
     <w:rsid w:val="00D21211"/>
     <w:rsid w:val="00D24039"/>
+    <w:rsid w:val="00D25B2F"/>
     <w:rsid w:val="00D329B0"/>
     <w:rsid w:val="00D34068"/>
     <w:rsid w:val="00D36552"/>
     <w:rsid w:val="00D537B6"/>
     <w:rsid w:val="00D53902"/>
     <w:rsid w:val="00D608F1"/>
     <w:rsid w:val="00D76EBE"/>
+    <w:rsid w:val="00D76F76"/>
     <w:rsid w:val="00D7701E"/>
     <w:rsid w:val="00DB3F8A"/>
     <w:rsid w:val="00DD0102"/>
-    <w:rsid w:val="00DD07C9"/>
     <w:rsid w:val="00DE1CF3"/>
+    <w:rsid w:val="00DE5339"/>
     <w:rsid w:val="00DE7692"/>
     <w:rsid w:val="00DF50BD"/>
     <w:rsid w:val="00E03CB8"/>
     <w:rsid w:val="00E05EC6"/>
     <w:rsid w:val="00E11168"/>
     <w:rsid w:val="00E20349"/>
     <w:rsid w:val="00E3301D"/>
     <w:rsid w:val="00E452FE"/>
     <w:rsid w:val="00E60E96"/>
     <w:rsid w:val="00E777AE"/>
     <w:rsid w:val="00E9204A"/>
     <w:rsid w:val="00E93180"/>
     <w:rsid w:val="00EA6C0C"/>
     <w:rsid w:val="00EC11AD"/>
     <w:rsid w:val="00EC2DB5"/>
     <w:rsid w:val="00ED4C12"/>
     <w:rsid w:val="00EE1CF9"/>
     <w:rsid w:val="00F03FD8"/>
     <w:rsid w:val="00F0765B"/>
     <w:rsid w:val="00F20554"/>
     <w:rsid w:val="00F3212E"/>
     <w:rsid w:val="00F4695B"/>
     <w:rsid w:val="00F54A2F"/>
     <w:rsid w:val="00F66F77"/>
     <w:rsid w:val="00F83229"/>
     <w:rsid w:val="00F86FBA"/>
     <w:rsid w:val="00F97926"/>
     <w:rsid w:val="00F97B32"/>
+    <w:rsid w:val="00FA0BCE"/>
     <w:rsid w:val="00FB3ABA"/>
     <w:rsid w:val="00FB7F42"/>
     <w:rsid w:val="00FC19F9"/>
     <w:rsid w:val="00FC4F2F"/>
     <w:rsid w:val="00FC67E3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -7038,70 +6818,70 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA28DB18-3AFC-432C-A407-846A2B9679B2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>607</Words>
-  <Characters>3461</Characters>
+  <Words>524</Words>
+  <Characters>2990</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>24</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company> </Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4060</CharactersWithSpaces>
+  <CharactersWithSpaces>3507</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Κατερίνα Μόρε</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>