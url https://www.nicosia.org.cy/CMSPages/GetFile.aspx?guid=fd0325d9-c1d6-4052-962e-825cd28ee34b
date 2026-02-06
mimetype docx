--- v0 (2025-10-20)
+++ v1 (2026-02-06)
@@ -1,96 +1,98 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3C451986" w14:textId="4B38C497" w:rsidR="00430843" w:rsidRPr="005F1F4A" w:rsidRDefault="004F1719" w:rsidP="008C44FB">
+    <w:p w14:paraId="5C87089D" w14:textId="3F26F764" w:rsidR="00430843" w:rsidRPr="005F1F4A" w:rsidRDefault="00203DE8" w:rsidP="008C44FB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="705"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F1F4A">
         <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2CC52D8E" wp14:editId="38620EB2">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B7908CE" wp14:editId="5EC9E224">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>528320</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-604520</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5059045" cy="1064260"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21265"/>
                 <wp:lineTo x="21554" y="21265"/>
                 <wp:lineTo x="21554" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
-            <wp:docPr id="5" name="Picture 1" descr="F:\ΓΕΝΙΚΗ ΓΡΑΜΜΑΤΕΙΑ\ΠΟΛΥΔΥΝΑΜΟ ΚΕΝΤΡΟ\ΔΙΑΦΟΡΑ\2009\ΛΟΤΟΤΥΠΑ ΕΜΒΛΗΜΑΤΑ\Λογοτυπο με λογια copy.jpg"/>
+            <wp:docPr id="797888276" name="Picture 1" descr="F:\GENERAL SECRETARIAT\MULTIFUNCTIONAL CENTER\MISCELLANEOUS\2009\LOTTO EMBLEMS\Logo with words copy.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="F:\ΓΕΝΙΚΗ ΓΡΑΜΜΑΤΕΙΑ\ΠΟΛΥΔΥΝΑΜΟ ΚΕΝΤΡΟ\ΔΙΑΦΟΡΑ\2009\ΛΟΤΟΤΥΠΑ ΕΜΒΛΗΜΑΤΑ\Λογοτυπο με λογια copy.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -98,2753 +100,2521 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5059045" cy="1064260"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41F10744" w14:textId="77777777" w:rsidR="00430843" w:rsidRPr="005F1F4A" w:rsidRDefault="00430843" w:rsidP="005D1837">
+    <w:p w14:paraId="43624F78" w14:textId="77777777" w:rsidR="00430843" w:rsidRPr="005F1F4A" w:rsidRDefault="00430843" w:rsidP="005D1837">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56B09085" w14:textId="1B36BD98" w:rsidR="009A08AC" w:rsidRPr="0078394E" w:rsidRDefault="00036F50" w:rsidP="00861FC5">
-[...1 lines deleted...]
-        <w:ind w:firstLine="706"/>
+    <w:p w14:paraId="2D8F8B22" w14:textId="77777777" w:rsidR="00143D43" w:rsidRDefault="00143D43" w:rsidP="009A08AC">
+      <w:pPr>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22C0F897" w14:textId="77777777" w:rsidR="00CE00A5" w:rsidRPr="007D0798" w:rsidRDefault="00CE00A5" w:rsidP="00CE00A5">
+      <w:pPr>
+        <w:ind w:left="706"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk188366588"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk188367003"/>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="7F383C94" w14:textId="782119A7" w:rsidR="00755B19" w:rsidRDefault="00755B19" w:rsidP="0059557A">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AB43ED2" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRDefault="00D850CB" w:rsidP="0059557A">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C5F9C1B" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07356577" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="0078394E" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:ind w:firstLine="705"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk119416607"/>
-[...7 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk119416607"/>
       <w:r w:rsidRPr="0078394E">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>"</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00036F50">
+        <w:t xml:space="preserve">Child Care and Occupation Center </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078394E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>"Rainbow</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078394E">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0078394E" w:rsidRPr="0078394E">
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="26822B2C" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">Child </w:t>
-[...59 lines deleted...]
-        <w:ind w:firstLine="706"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6ABEFF83" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="003642D1" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:ind w:firstLine="705"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Nursery School</w:t>
       </w:r>
-      <w:r w:rsidR="00374917">
+      <w:r w:rsidRPr="00A6693A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004C1D9A" w:rsidRPr="00A6693A">
+        <w:t xml:space="preserve"> aged 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003642D1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00374917">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="004C1D9A" w:rsidRPr="00A6693A">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en"/>
-[...28 lines deleted...]
-        <w:ind w:firstLine="706"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>year</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="3C5D3E33" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00A6693A" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:ind w:firstLine="705"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="650CC1BA" w14:textId="77777777" w:rsidR="009A08AC" w:rsidRPr="00A6693A" w:rsidRDefault="009A08AC" w:rsidP="00861FC5">
-[...1 lines deleted...]
-        <w:ind w:firstLine="706"/>
+    <w:p w14:paraId="6027FCCC" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00A6693A" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:ind w:firstLine="705"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6693A">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">OPERATING REGULATIONS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3570F475" w14:textId="77777777" w:rsidR="009A08AC" w:rsidRDefault="009A08AC" w:rsidP="009A08AC">
+    <w:p w14:paraId="791A08E1" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00A6693A" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66B120F8" w14:textId="77777777" w:rsidR="00861FC5" w:rsidRPr="00A6693A" w:rsidRDefault="00861FC5" w:rsidP="009A08AC">
-[...10 lines deleted...]
-    <w:p w14:paraId="495EF7F5" w14:textId="77777777" w:rsidR="009A08AC" w:rsidRPr="00A6693A" w:rsidRDefault="009A08AC" w:rsidP="004049D0">
+    <w:p w14:paraId="76D399B8" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00A6693A" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Ref335213891"/>
+      <w:bookmarkStart w:id="3" w:name="_Ref335213891"/>
       <w:r w:rsidRPr="00A6693A">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Program Operation Framework</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B5B4878" w14:textId="77777777" w:rsidR="009A08AC" w:rsidRPr="00A6693A" w:rsidRDefault="009A08AC" w:rsidP="009A08AC">
+    <w:p w14:paraId="2EBD1CF5" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00A6693A" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57F814F6" w14:textId="79979575" w:rsidR="00A678A3" w:rsidRPr="0078394E" w:rsidRDefault="007B3FC2" w:rsidP="00036F50">
+    <w:p w14:paraId="280CB940" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="0078394E" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0078394E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_Hlk119416643"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk119416643"/>
       <w:r w:rsidRPr="0078394E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Nicosia Municipal</w:t>
-[...12 lines deleted...]
-      <w:bookmarkEnd w:id="2"/>
+        <w:t xml:space="preserve">Nicosia Municipality Multifunctional Foundation </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="0078394E">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">operates the </w:t>
-[...8 lines deleted...]
-        <w:t>project:</w:t>
+        <w:t xml:space="preserve">operates the project: </w:t>
       </w:r>
       <w:r w:rsidRPr="0078394E">
-        <w:rPr>
-[...17 lines deleted...]
-      <w:r w:rsidR="00036F50" w:rsidRPr="00036F50">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>"</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00036F50" w:rsidRPr="00036F50">
+        <w:t xml:space="preserve">Child Care and Occupation Center </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078394E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>"Rainbow</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078394E">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078394E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nursery School </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078394E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>in the premises of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00537E12">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00036F50" w:rsidRPr="00036F50">
-[...79 lines deleted...]
-        <w:t>“Georgia Polyviou” building</w:t>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Georgia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Polyviou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>” building</w:t>
       </w:r>
       <w:r w:rsidRPr="0078394E">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...19 lines deleted...]
-      <w:r w:rsidR="0078394E">
+        <w:t xml:space="preserve">, at </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>27</w:t>
       </w:r>
-      <w:r w:rsidR="00834F72" w:rsidRPr="0078394E">
+      <w:r w:rsidRPr="0078394E">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00834F72" w:rsidRPr="0078394E">
+      <w:r w:rsidRPr="0078394E">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> Heracleous</w:t>
       </w:r>
-      <w:r w:rsidR="0078394E">
+      <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> street</w:t>
       </w:r>
-      <w:r w:rsidR="00F25D44" w:rsidRPr="0078394E">
-[...83 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="0078394E">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 1016 in Nicosia and offers childcare and quality employment services for children aged 2 to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078394E">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>years.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="0B2B825A" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00D35FA2" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk103079809"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk103079809"/>
       <w:r w:rsidRPr="0078394E">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>The program</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003E3A0B">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0078394E">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>program</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>me</w:t>
       </w:r>
-      <w:r w:rsidR="00D35FA2">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D35FA2">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">is registered </w:t>
       </w:r>
-      <w:r w:rsidR="00A91CBF" w:rsidRPr="00A91CBF">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C23408">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C23408">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Social Welfare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078394E">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Services of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078394E">
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> Services of the</w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deputy Ministry of Social Welfare </w:t>
       </w:r>
       <w:r w:rsidRPr="0078394E">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidRPr="0078394E">
         <w:rPr>
-          <w:b/>
-[...6 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">operates </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0078394E">
         <w:rPr>
-          <w:color w:val="auto"/>
-[...5 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>on the basis of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0078394E">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">operates </w:t>
-[...71 lines deleted...]
-    <w:p w14:paraId="6300785D" w14:textId="77777777" w:rsidR="00800429" w:rsidRPr="002B7B49" w:rsidRDefault="00800429" w:rsidP="00374917">
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078394E">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Centers for the Protection and Employment of Children</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078394E">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Law and Regulations. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F346FB8" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00C63F95" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
-          <w:iCs/>
-[...7 lines deleted...]
-    <w:p w14:paraId="6E1B466F" w14:textId="75C683E3" w:rsidR="007B3FC2" w:rsidRDefault="00800429" w:rsidP="00374917">
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C63F95">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The project </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C63F95">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C63F95">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>enter for the Protection and Occupation of Children</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C63F95">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Rainbow", </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C63F95">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is implemented within the framework of the Cohesion Policy </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63F95">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63F95">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "THALIA 2021 – 2027" with the co-financing of the EU".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39AEA216" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B8D0154" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="0078099F" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078099F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Beneficiary: Nicosia Municipality</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B78DD76" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="0078099F" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16D4F214" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="0078099F" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078099F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Implementing Agency: Nicosia Municipality Multifunctional Foundation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0257A6A3" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00A6693A" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00800429">
-[...108 lines deleted...]
-    <w:p w14:paraId="276A0930" w14:textId="77777777" w:rsidR="009A08AC" w:rsidRPr="003E3A0B" w:rsidRDefault="009A08AC" w:rsidP="00A678A3">
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="77A0659F" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="003E3A0B" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E3A0B">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Criteria for Accepting a Child at the Center </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29EF3501" w14:textId="77777777" w:rsidR="009A08AC" w:rsidRPr="003E3A0B" w:rsidRDefault="009A08AC" w:rsidP="009A08AC">
+    <w:p w14:paraId="5F677D9F" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="003E3A0B" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58D1348A" w14:textId="70C0F2CE" w:rsidR="00BF6F75" w:rsidRPr="003E3A0B" w:rsidRDefault="009A08AC" w:rsidP="004049D0">
+    <w:p w14:paraId="204B2D15" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="003E3A0B" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E3A0B">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">Children </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 5 </w:t>
+        <w:t>Children 2-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00916544">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>4,5</w:t>
       </w:r>
       <w:r w:rsidRPr="003E3A0B">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>years</w:t>
+        <w:t xml:space="preserve"> years</w:t>
       </w:r>
       <w:r w:rsidRPr="003E3A0B">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> old, whose parents are citizens of Nicosia</w:t>
       </w:r>
-      <w:r w:rsidR="00BF6F75" w:rsidRPr="003E3A0B">
+      <w:r w:rsidRPr="003E3A0B">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CD96F6B" w14:textId="77777777" w:rsidR="006140C9" w:rsidRPr="003E3A0B" w:rsidRDefault="006140C9" w:rsidP="006140C9">
+    <w:p w14:paraId="7F0D3CD1" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="003E3A0B" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C943B2D" w14:textId="77777777" w:rsidR="009A08AC" w:rsidRPr="003E3A0B" w:rsidRDefault="009A08AC" w:rsidP="00916D41">
+    <w:p w14:paraId="39E314FD" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="003E3A0B" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E3A0B">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Priority</w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> Groups</w:t>
+        <w:t>Priority/Target</w:t>
       </w:r>
       <w:r w:rsidRPr="003E3A0B">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0DAF2F5A" w14:textId="77777777" w:rsidR="009A08AC" w:rsidRPr="003E3A0B" w:rsidRDefault="009A08AC" w:rsidP="005D1837">
+        <w:t xml:space="preserve"> Groups:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57A8F983" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="003E3A0B" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14B848DE" w14:textId="77777777" w:rsidR="00A678A3" w:rsidRPr="003E3A0B" w:rsidRDefault="00A368DF" w:rsidP="00A678A3">
+    <w:p w14:paraId="0878FAFF" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="003E3A0B" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Hlk66958024"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk66958024"/>
       <w:r w:rsidRPr="003E3A0B">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
-        <w:t>Single-parent family with low incomes (includes single and widowed</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F25D44" w:rsidRPr="003E3A0B">
+        <w:t>Single-parent family with low incomes (includes single and widowed).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3A0B">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
-        <w:t>).</w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD036D3" w14:textId="77777777" w:rsidR="00A678A3" w:rsidRPr="003E3A0B" w:rsidRDefault="00A368DF" w:rsidP="00A678A3">
+    <w:p w14:paraId="2441CB66" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="003E3A0B" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E3A0B">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
-        <w:t>Large or five-member family with low incomes</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00F25D44" w:rsidRPr="003E3A0B">
+        <w:t xml:space="preserve">Large or five-member </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003E3A0B">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
+        <w:t>family</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003E3A0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with low incomes</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_Hlk66965329"/>
+      <w:r w:rsidRPr="003E3A0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en" w:eastAsia="el-GR"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AD4361C" w14:textId="77777777" w:rsidR="00A678A3" w:rsidRPr="003E3A0B" w:rsidRDefault="00A368DF" w:rsidP="00A678A3">
+    <w:p w14:paraId="0B24DBD4" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="003E3A0B" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003E3A0B">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
-        <w:t>Parent with a chronic condition and/or a disability pension with low incomes</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00FF296F" w:rsidRPr="003E3A0B">
+        <w:t>Parent</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003E3A0B">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
+        <w:t xml:space="preserve"> with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003E3A0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t>a chronic</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003E3A0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> condition and/or a disability pension with low incomes</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="003E3A0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en" w:eastAsia="el-GR"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A2CBAF3" w14:textId="77777777" w:rsidR="00A368DF" w:rsidRPr="00580875" w:rsidRDefault="00A368DF" w:rsidP="00A678A3">
+    <w:p w14:paraId="20120A57" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="003E3A0B" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E3A0B">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
-        <w:t>Unemployed parent(s) with low incomes</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00F25D44" w:rsidRPr="003E3A0B">
+        <w:t xml:space="preserve">Unemployed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003E3A0B">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
+        <w:t>parent(s)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003E3A0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with low incomes</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="003E3A0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en" w:eastAsia="el-GR"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="397CDE51" w14:textId="7690B034" w:rsidR="00580875" w:rsidRPr="00580875" w:rsidRDefault="00580875" w:rsidP="00580875">
-[...39 lines deleted...]
-    <w:p w14:paraId="410CA989" w14:textId="77777777" w:rsidR="00166EE4" w:rsidRPr="003E3A0B" w:rsidRDefault="00166EE4" w:rsidP="00166EE4">
+    <w:p w14:paraId="6F237987" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="003E3A0B" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DD0BB86" w14:textId="6F65ACA3" w:rsidR="00AB257D" w:rsidRDefault="00916D41" w:rsidP="00916D41">
+    <w:p w14:paraId="3EFA2CA6" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="003E3A0B" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:ind w:left="705" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3A0B">
+        <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="003E3A0B">
+        <w:t xml:space="preserve">*It is noted that children who </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D35FA2">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
-        <w:t>*</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003166FD" w:rsidRPr="003E3A0B">
+        <w:t xml:space="preserve">reach the age of 4 years and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D35FA2">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D35FA2">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve">It is noted that children who </w:t>
-[...28 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> months on September 1</w:t>
       </w:r>
-      <w:r w:rsidR="00B434D3" w:rsidRPr="00D35FA2">
+      <w:r w:rsidRPr="00D35FA2">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:r w:rsidRPr="00D35FA2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="003E3A0B" w:rsidRPr="00D35FA2">
+      <w:r w:rsidRPr="00D35FA2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003166FD" w:rsidRPr="00D35FA2">
+      <w:r w:rsidRPr="00D35FA2">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00916544" w:rsidRPr="00D35FA2">
+      <w:r w:rsidRPr="00D35FA2">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="003166FD" w:rsidRPr="00D35FA2">
+      <w:r w:rsidRPr="00D35FA2">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="003166FD" w:rsidRPr="003E3A0B">
+      <w:r w:rsidRPr="003E3A0B">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> should be enrolled by law in pre-primary education, since the Childcare Center does not provide such</w:t>
-[...35 lines deleted...]
-        <w:ind w:left="705" w:firstLine="0"/>
+        <w:t xml:space="preserve"> should be enrolled by law in pre-primary education, since the Childcare Center does not provide such a service. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E8FB8D8" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="000E7FEA" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="auto"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="38A97FE7" w14:textId="606EDE3E" w:rsidR="00800429" w:rsidRPr="00800429" w:rsidRDefault="00800429" w:rsidP="00800429">
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AB2F676" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="003E3A0B" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="31"/>
         </w:numPr>
-        <w:ind w:left="1260"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00800429">
-[...10 lines deleted...]
-    <w:p w14:paraId="1540C08F" w14:textId="77777777" w:rsidR="00800429" w:rsidRPr="00800429" w:rsidRDefault="00800429" w:rsidP="00800429">
+      <w:r w:rsidRPr="003E3A0B">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Children of families </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3A0B">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>without speci</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>fic/social</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3A0B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3A0B">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">criteria are eligible to participate if places are available and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">they </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3A0B">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>meet the financial criteria.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EA5C4FE" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="003E3A0B" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
-        <w:ind w:left="1260"/>
+        <w:ind w:left="1069" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="599C9151" w14:textId="4D5940AD" w:rsidR="00800429" w:rsidRDefault="00800429" w:rsidP="00800429">
+    <w:p w14:paraId="0882F9A0" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="000E7FEA" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
-        <w:numPr>
-[...3 lines deleted...]
-        <w:ind w:left="1260"/>
+        <w:ind w:left="1069" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00800429">
-[...101 lines deleted...]
-    <w:p w14:paraId="5C63AD50" w14:textId="77777777" w:rsidR="00D03A1D" w:rsidRPr="00835B4E" w:rsidRDefault="00B106D1" w:rsidP="00861FC5">
+    </w:p>
+    <w:p w14:paraId="23AF2F31" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00835B4E" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="el-GR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00835B4E">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Necessary Certificates:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09ED99C0" w14:textId="77777777" w:rsidR="00076C07" w:rsidRPr="000E7FEA" w:rsidRDefault="00076C07" w:rsidP="00861FC5">
+    <w:p w14:paraId="12B229E5" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="000E7FEA" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:ind w:left="1434" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A909725" w14:textId="77777777" w:rsidR="00C9604C" w:rsidRPr="00C9604C" w:rsidRDefault="00C9604C" w:rsidP="00861FC5">
-[...528 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="5416"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="6151"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7469"/>
         <w:gridCol w:w="1280"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00861FC5" w:rsidRPr="002B7B49" w14:paraId="38EF4EE2" w14:textId="77777777" w:rsidTr="00A91CBF">
+      <w:tr w:rsidR="00D850CB" w:rsidRPr="00BE4E6A" w14:paraId="2308DA6B" w14:textId="77777777" w:rsidTr="00E04B3E">
         <w:trPr>
           <w:trHeight w:val="543"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8749" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0625EBA7" w14:textId="77777777" w:rsidR="00861FC5" w:rsidRPr="000E7FEA" w:rsidRDefault="00861FC5" w:rsidP="00A91CBF">
+          <w:p w14:paraId="57FDE76B" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="000E7FEA" w:rsidRDefault="00D850CB" w:rsidP="00E04B3E">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F1F4A">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Credit Table</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77CE1B04" w14:textId="77777777" w:rsidR="00861FC5" w:rsidRPr="00C9604C" w:rsidRDefault="00861FC5" w:rsidP="00A91CBF">
+          <w:p w14:paraId="42A3DAAC" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="000E7FEA" w:rsidRDefault="00D850CB" w:rsidP="00E04B3E">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9604C">
+            <w:r w:rsidRPr="005F1F4A">
               <w:rPr>
                 <w:b/>
                 <w:smallCaps/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en"/>
               </w:rPr>
-              <w:t>(During the allocation of places, only documented information will be taken into consideration.)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F1F4A">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Only those elements that are documented will be </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F1F4A">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t>taken into account</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F1F4A">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> when allocating seats)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00861FC5" w:rsidRPr="005F1F4A" w14:paraId="1ED02B06" w14:textId="77777777" w:rsidTr="00A91CBF">
+      <w:tr w:rsidR="00D850CB" w:rsidRPr="005F1F4A" w14:paraId="0C450520" w14:textId="77777777" w:rsidTr="00E04B3E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7469" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4FB1F344" w14:textId="77777777" w:rsidR="00861FC5" w:rsidRPr="005F1F4A" w:rsidRDefault="00861FC5" w:rsidP="00A91CBF">
+          <w:p w14:paraId="25AFFDDC" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="005F1F4A" w:rsidRDefault="00D850CB" w:rsidP="00E04B3E">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F1F4A">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Gross Family Income*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="78CE5642" w14:textId="77777777" w:rsidR="00861FC5" w:rsidRPr="005F1F4A" w:rsidRDefault="00861FC5" w:rsidP="00A91CBF">
+          <w:p w14:paraId="6BAAA33B" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="005F1F4A" w:rsidRDefault="00D850CB" w:rsidP="00E04B3E">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F1F4A">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Molecules</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00861FC5" w:rsidRPr="005F1F4A" w14:paraId="524F3851" w14:textId="77777777" w:rsidTr="00A91CBF">
+      <w:tr w:rsidR="00D850CB" w:rsidRPr="005F1F4A" w14:paraId="18731309" w14:textId="77777777" w:rsidTr="00E04B3E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7469" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="330F4133" w14:textId="77777777" w:rsidR="00861FC5" w:rsidRPr="005F1F4A" w:rsidRDefault="00861FC5" w:rsidP="00A91CBF">
+          <w:p w14:paraId="4EE2454F" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="005F1F4A" w:rsidRDefault="00D850CB" w:rsidP="00E04B3E">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F1F4A">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Up to €19.500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6B4507F5" w14:textId="77777777" w:rsidR="00861FC5" w:rsidRPr="005F1F4A" w:rsidRDefault="00861FC5" w:rsidP="00A91CBF">
+          <w:p w14:paraId="5989D9BD" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="005F1F4A" w:rsidRDefault="00D850CB" w:rsidP="00E04B3E">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F1F4A">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00861FC5" w:rsidRPr="005F1F4A" w14:paraId="260EFDC3" w14:textId="77777777" w:rsidTr="00A91CBF">
+      <w:tr w:rsidR="00D850CB" w:rsidRPr="005F1F4A" w14:paraId="69D9928C" w14:textId="77777777" w:rsidTr="00E04B3E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7469" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="44304E12" w14:textId="77777777" w:rsidR="00861FC5" w:rsidRPr="005F1F4A" w:rsidRDefault="00861FC5" w:rsidP="00A91CBF">
+          <w:p w14:paraId="11ADFEEA" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="005F1F4A" w:rsidRDefault="00D850CB" w:rsidP="00E04B3E">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F1F4A">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>€19.501-€39.000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1280" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0C2FEFCB" w14:textId="77777777" w:rsidR="00861FC5" w:rsidRPr="005F1F4A" w:rsidRDefault="00861FC5" w:rsidP="00A91CBF">
+          <w:p w14:paraId="5B1904CA" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="005F1F4A" w:rsidRDefault="00D850CB" w:rsidP="00E04B3E">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6C4783CA" w14:textId="77777777" w:rsidR="00861FC5" w:rsidRDefault="00861FC5" w:rsidP="00835B4E">
+    <w:p w14:paraId="5AD7E48B" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="007D0798" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t>For the purpose of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> documenting the specific/social criteria, it is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t>absolutely necessary</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to attach relevant supporting documents electronically as follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2767809D" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="007D0798" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t>For a single-parent family from the Pancyprian Association of Single-Parent Families and friends.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48BDD1E3" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="007D0798" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t>For a large family from the Pancyprian Organization of Large Families (P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t>.O.L.F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3529DCEA" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="007D0798" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t>For a family of five from the Pancyprian Association of Five-Member Families (P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t>.A.F.M.F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t>.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="220CC29E" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="007D0798" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For a parent with a chronic illness and/or disability pension from the Ministry of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t>Labour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Social Insurance (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t>M.L.S.I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t>.) and the Welfare Benefits Management Service (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t>W.B.M.S)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the Deputy Ministry of Social Welfare</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (D.M.S.W)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E92F76C" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="007D0798" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t>For unemployed parents(s) with low incomes from the Department of Labor (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t>M.L.S.I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="472AC3C6" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="007D0798" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t>For immigrants, their residence form from the Department of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Population and Immigration Records (D.P.I.R)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0798">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EA55F17" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00D35FA2" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="393DDF3B" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="003642D1" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15A9A72A" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00835B4E" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="2610"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en"/>
-[...12 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F1F4A">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005F1F4A">
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>*It may change according to the respective income limits relating to</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>*It may change according to the respective income limits relating to</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00835B4E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F1F4A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">child benefit </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="6FF8C644" w14:textId="77777777" w:rsidR="00A678A3" w:rsidRPr="000E7FEA" w:rsidRDefault="00A678A3" w:rsidP="00A678A3">
+    </w:p>
+    <w:p w14:paraId="287EA9BC" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="000E7FEA" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35DB10AC" w14:textId="26DB131A" w:rsidR="00A678A3" w:rsidRPr="00A6693A" w:rsidRDefault="00A678A3" w:rsidP="00A678A3">
+    <w:p w14:paraId="1E4262F9" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00A6693A" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F1F4A">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t>Low income is defined as the</w:t>
       </w:r>
       <w:r w:rsidRPr="005F1F4A">
@@ -2865,1442 +2635,1453 @@
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005F1F4A">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve">For an employee, an employer's certificate or an E.P. remuneration certificate is required. 63. For civil servants, the </w:t>
       </w:r>
-      <w:r w:rsidR="00B67D0B">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve">E.P. salary </w:t>
       </w:r>
-      <w:r w:rsidR="00B67D0B" w:rsidRPr="00A6693A">
+      <w:r w:rsidRPr="00A6693A">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t>certificate</w:t>
       </w:r>
-      <w:r w:rsidR="00B67D0B" w:rsidRPr="00835B4E">
+      <w:r w:rsidRPr="00835B4E">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00835B4E">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">is required. </w:t>
       </w:r>
       <w:r w:rsidRPr="00835B4E">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t>63.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="301B549A" w14:textId="77777777" w:rsidR="00A678A3" w:rsidRPr="00A6693A" w:rsidRDefault="00A678A3" w:rsidP="00A678A3">
+    <w:p w14:paraId="73DB9D7B" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00A6693A" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="238961AD" w14:textId="555BA1A7" w:rsidR="00565A62" w:rsidRDefault="00565A62" w:rsidP="00A678A3">
+    <w:p w14:paraId="4B356C46" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="000E7FEA" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F1F4A">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-      </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Hlk201748841"/>
+        <w:t xml:space="preserve">The allocation of places is based solely on the income of the family, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005F1F4A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">The allocation of places is based solely on the income of the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B657B8" w:rsidRPr="005F1F4A">
+        <w:t>provided that</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005F1F4A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>family,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B657B8">
+        <w:t xml:space="preserve"> it falls within the priority / target groups</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> with the precondition that</w:t>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as mentioned in point 1a above</w:t>
       </w:r>
       <w:r w:rsidRPr="005F1F4A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> it falls within the priority / target groups</w:t>
-[...43 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-[...37 lines deleted...]
-    <w:p w14:paraId="6874F97F" w14:textId="77777777" w:rsidR="00A678A3" w:rsidRPr="000E7FEA" w:rsidRDefault="00A678A3" w:rsidP="00B8626A">
+    <w:p w14:paraId="5B87852E" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="000E7FEA" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A945A32" w14:textId="1A8D78A0" w:rsidR="00B8626A" w:rsidRPr="005F1F4A" w:rsidRDefault="00B8626A" w:rsidP="00A678A3">
+    <w:p w14:paraId="790D280C" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="005F1F4A" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="el-GR"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Hlk201748875"/>
       <w:r w:rsidRPr="005F1F4A">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
-        <w:t>Necessary Child's Certificates</w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="585520EE" w14:textId="77777777" w:rsidR="00B8626A" w:rsidRPr="000E7FEA" w:rsidRDefault="00423030" w:rsidP="007A1FF1">
+        <w:t>Necessary Children's Certificates:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08C65B9C" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="000E7FEA" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F1F4A">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
-        <w:t>Copy of birth certificate</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CE5657" w:rsidRPr="005F1F4A">
+        <w:t>Copy of birth certificate(s</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
-        <w:t>(s</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54DD3276" w14:textId="662FFD22" w:rsidR="00123628" w:rsidRPr="000E7FEA" w:rsidRDefault="00CE5657" w:rsidP="00E5207C">
+    <w:p w14:paraId="3CB51DE7" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="000E7FEA" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="el-GR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F1F4A">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve">Medical Certificate </w:t>
       </w:r>
-      <w:r w:rsidR="00B67D0B">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t>from a pediatrician of the child(ren</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="005F1F4A">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve"> for health reasons stating any dietary and / or other allergies</w:t>
       </w:r>
       <w:r w:rsidRPr="00A6693A">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">, special </w:t>
       </w:r>
-      <w:r w:rsidR="00423030" w:rsidRPr="005F1F4A">
+      <w:r w:rsidRPr="005F1F4A">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>medical problems, as well as special nutrition issues of the children</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BB213AB" w14:textId="2AE3AD27" w:rsidR="0093675F" w:rsidRPr="00580875" w:rsidRDefault="005402B5" w:rsidP="00580875">
+    <w:p w14:paraId="0B490388" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="000E7FEA" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7FEA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B193F5E" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="005F1F4A" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...13 lines deleted...]
-      <w:r w:rsidR="0093675F" w:rsidRPr="005F1F4A">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F1F4A">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Registration Procedure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39A94F6D" w14:textId="77777777" w:rsidR="00A678A3" w:rsidRPr="005F1F4A" w:rsidRDefault="00A678A3" w:rsidP="00A678A3">
+    <w:p w14:paraId="62A0AD26" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="005F1F4A" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F58ED4D" w14:textId="7538E1F1" w:rsidR="00A678A3" w:rsidRPr="000E7FEA" w:rsidRDefault="0093675F" w:rsidP="00715BC7">
+    <w:p w14:paraId="491F66E4" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="000E7FEA" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F1F4A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Applications for inclusion in the program are accepted through the electronic platform "</w:t>
       </w:r>
-      <w:r w:rsidR="00835B4E">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>NOIAZOMAI</w:t>
       </w:r>
       <w:r w:rsidRPr="005F1F4A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14F4FDA1" w14:textId="77777777" w:rsidR="00835B4E" w:rsidRPr="00835B4E" w:rsidRDefault="00835B4E" w:rsidP="00835B4E">
+    <w:p w14:paraId="54BB1BBC" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00835B4E" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00835B4E">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>https://noiazomainicosia.intellisoft.gr/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A79C9E0" w14:textId="68F1CB33" w:rsidR="00835B4E" w:rsidRPr="00835B4E" w:rsidRDefault="00835B4E" w:rsidP="00835B4E">
+    <w:p w14:paraId="2923CC25" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00835B4E" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00835B4E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>https://www.nicosia.org.cy/el-GR/municipality/multipurpose-centre/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="745A9530" w14:textId="3B0E9BBF" w:rsidR="00E67B4F" w:rsidRPr="000E7FEA" w:rsidRDefault="0093675F" w:rsidP="00835B4E">
+    <w:p w14:paraId="5D5B80E8" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="000E7FEA" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
+        <w:ind w:left="786"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F1F4A">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Confirmation of approval or rejection of a registration request is sent electronically within 10 working days from the date of submission of the application, provided that at the time of submission of the application all the required certificates and attestations have been registered.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="521A441A" w14:textId="77777777" w:rsidR="00E67B4F" w:rsidRPr="000E7FEA" w:rsidRDefault="00E67B4F" w:rsidP="00E67B4F">
+    <w:p w14:paraId="1A6D197A" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="000E7FEA" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54B3886A" w14:textId="21378DC8" w:rsidR="00E67B4F" w:rsidRPr="000E7FEA" w:rsidRDefault="003C7693" w:rsidP="003F766A">
+    <w:p w14:paraId="667724F3" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="000E7FEA" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="709" w:hanging="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00621F49">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">In </w:t>
       </w:r>
-      <w:r w:rsidR="00A91CBF" w:rsidRPr="00621F49">
-[...8 lines deleted...]
-      <w:r w:rsidR="006679A0">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00621F49">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">case </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00621F49">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>the application is not accompanied by all the necessary supporting documents or was not completed correctly, it will be rejected and the order of priority will be given in the next application. In such a case, an</w:t>
+        <w:t xml:space="preserve">the application is not accompanied by all the necessary supporting documents or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00621F49">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00621F49">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not completed correctly, it will be rejected and the order of priority will be given in the next application. In such a case, an</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00621F49">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>e-mail</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006679A0">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">will be sent </w:t>
+        <w:t xml:space="preserve">will be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006679A0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>sent</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006679A0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00621F49">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">and an application will have to be submitted again. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="068524BA" w14:textId="77777777" w:rsidR="00BA58E5" w:rsidRPr="000E7FEA" w:rsidRDefault="00BA58E5" w:rsidP="00BA58E5">
-[...10 lines deleted...]
-    <w:p w14:paraId="3CDE9B5C" w14:textId="3CCE1287" w:rsidR="00E67B4F" w:rsidRPr="006679A0" w:rsidRDefault="0093675F" w:rsidP="00E67B4F">
+    <w:p w14:paraId="03D170FF" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="000E7FEA" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14E89DA3" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="006679A0" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="709" w:hanging="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC03FB">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Registrations will be </w:t>
       </w:r>
-      <w:r w:rsidR="006679A0">
+      <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>acceptable in</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC03FB">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> a period that will be announced in time </w:t>
       </w:r>
-      <w:r w:rsidR="006679A0">
+      <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC03FB">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>n the website of the Municipality of Nicosia and on Facebook (Nicosia Municipal</w:t>
       </w:r>
-      <w:r w:rsidR="006679A0">
+      <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>ity Multifunctional Foundation O</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC03FB">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>fficial).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002C5256" w:rsidRPr="003B702C">
+      <w:r w:rsidRPr="003B702C">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> It is estimated within May – June of each year.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42FADD35" w14:textId="77777777" w:rsidR="00E67B4F" w:rsidRPr="006679A0" w:rsidRDefault="00E67B4F" w:rsidP="00E67B4F">
+    <w:p w14:paraId="3AF43621" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="006679A0" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D050A5B" w14:textId="0703AFB1" w:rsidR="00E67B4F" w:rsidRPr="000E7FEA" w:rsidRDefault="0093675F" w:rsidP="00E67B4F">
+    <w:p w14:paraId="45CD6781" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="000E7FEA" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E67B4F">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">In case </w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">In </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E67B4F">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
+        <w:t xml:space="preserve">case </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E67B4F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
         <w:t xml:space="preserve">the positions are </w:t>
       </w:r>
-      <w:r w:rsidR="00007ACA">
+      <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>fully booked</w:t>
       </w:r>
       <w:r w:rsidRPr="00E67B4F">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> before the end of the registration period, the platform will be closed and reopened in case of available positions following a relevant announcement. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="356AFF34" w14:textId="4F8F2861" w:rsidR="00AC03FB" w:rsidRPr="000E7FEA" w:rsidRDefault="0093675F" w:rsidP="00705870">
+    <w:p w14:paraId="74089FB2" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="000E7FEA" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E67B4F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Children who </w:t>
       </w:r>
-      <w:r w:rsidR="00007ACA">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">ensure </w:t>
       </w:r>
       <w:r w:rsidRPr="00E67B4F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">a place </w:t>
       </w:r>
-      <w:r w:rsidR="00007ACA">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">in the programme </w:t>
+        <w:t xml:space="preserve">in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E67B4F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">should </w:t>
       </w:r>
-      <w:r w:rsidR="00007ACA">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">be presented </w:t>
       </w:r>
       <w:r w:rsidRPr="00E67B4F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>from the 1st day</w:t>
       </w:r>
       <w:r w:rsidRPr="00E67B4F">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the period they</w:t>
       </w:r>
-      <w:r w:rsidR="00007ACA">
+      <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>’ve</w:t>
       </w:r>
       <w:r w:rsidRPr="00E67B4F">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> registered or </w:t>
       </w:r>
-      <w:r w:rsidR="00007ACA">
+      <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">in case of </w:t>
       </w:r>
       <w:r w:rsidRPr="00E67B4F">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>their absence should be justified in time. Otherwise, the place will be immediately allocated to another child.</w:t>
       </w:r>
-      <w:r w:rsidR="00705870">
+      <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64CD45EE" w14:textId="77777777" w:rsidR="00AC03FB" w:rsidRPr="000E7FEA" w:rsidRDefault="00AC03FB" w:rsidP="00E67B4F">
+    <w:p w14:paraId="09E355B8" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="000E7FEA" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC03FB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Termination of participation in the Program:</w:t>
       </w:r>
-      <w:r w:rsidR="00705870">
+      <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> A 2-week notice will be given. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3200A5B6" w14:textId="77777777" w:rsidR="002C5256" w:rsidRPr="000E7FEA" w:rsidRDefault="002C5256" w:rsidP="00D93D81">
+    <w:p w14:paraId="715C369A" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="000E7FEA" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DE20052" w14:textId="77777777" w:rsidR="001A6204" w:rsidRPr="003D17D0" w:rsidRDefault="00715BC7" w:rsidP="005F1F4A">
+    <w:p w14:paraId="79A7AC13" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="003D17D0" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="567" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D17D0">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Opening Hours/Hours and Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42333563" w14:textId="77777777" w:rsidR="00975C71" w:rsidRPr="00975C71" w:rsidRDefault="00975C71" w:rsidP="00975C71">
+    <w:p w14:paraId="3081581A" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00975C71" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4193EA83" w14:textId="77777777" w:rsidR="00D93D81" w:rsidRPr="005F1F4A" w:rsidRDefault="00D93D81" w:rsidP="009413CE">
+    <w:p w14:paraId="6D1DB961" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="005F1F4A" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F1F4A">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>School period: 07:00 – 15:00 or 18:00</w:t>
       </w:r>
       <w:r w:rsidRPr="005F1F4A">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003166FD" w:rsidRPr="0047156F">
+      <w:r w:rsidRPr="0047156F">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>or 20:00</w:t>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="_Hlk118703834"/>
-      <w:r w:rsidR="00705870" w:rsidRPr="0047156F">
+      <w:bookmarkStart w:id="8" w:name="_Hlk118703834"/>
+      <w:r w:rsidRPr="0047156F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> ̽</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C5BF5CE" w14:textId="7E761DD8" w:rsidR="00975C71" w:rsidRPr="00535C57" w:rsidRDefault="00705870" w:rsidP="00535C57">
+    <w:p w14:paraId="285DB992" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00535C57" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Hlk102559259"/>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk102559259"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="001853DC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>̽</w:t>
       </w:r>
-      <w:r w:rsidR="00166EE4" w:rsidRPr="003D17D0">
+      <w:r w:rsidRPr="003D17D0">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> The possibility to choose the </w:t>
       </w:r>
-      <w:r w:rsidR="00007ACA">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">operating </w:t>
       </w:r>
-      <w:r w:rsidR="00166EE4" w:rsidRPr="003D17D0">
+      <w:r w:rsidRPr="003D17D0">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>hours</w:t>
       </w:r>
-      <w:r w:rsidR="00007ACA">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> between</w:t>
       </w:r>
-      <w:r w:rsidR="00166EE4" w:rsidRPr="003D17D0">
+      <w:r w:rsidRPr="003D17D0">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> 07:00 – 20:00</w:t>
       </w:r>
-      <w:r w:rsidR="00327AB2">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00166EE4" w:rsidRPr="003D17D0">
+      <w:r w:rsidRPr="003D17D0">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies only to children whose parents are proven to work until 20:00 (</w:t>
       </w:r>
-      <w:r w:rsidR="00327AB2">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>certificate</w:t>
       </w:r>
-      <w:r w:rsidR="00166EE4" w:rsidRPr="003D17D0">
+      <w:r w:rsidRPr="003D17D0">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> from an employer) </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="3EF18E97" w14:textId="191FB306" w:rsidR="00423727" w:rsidRPr="00535C57" w:rsidRDefault="00535C57" w:rsidP="003642D1">
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="2EA4EF48" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00535C57" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00535C57">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
-      <w:r w:rsidR="00975C71">
+      <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Summer Season: 07:00 - 15:00 or 18:00</w:t>
       </w:r>
-      <w:r w:rsidR="00804A38" w:rsidRPr="0047156F">
+      <w:r w:rsidRPr="0047156F">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> or 20:00 ̽ ̽</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53F81DE2" w14:textId="77777777" w:rsidR="00252EA6" w:rsidRPr="000E7FEA" w:rsidRDefault="00252EA6" w:rsidP="009413CE">
+    <w:p w14:paraId="087C5D73" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="000E7FEA" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="567" w:hanging="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F1F4A">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">     Start and end of holiday season:</w:t>
       </w:r>
-      <w:r w:rsidR="00975C71" w:rsidRPr="00975C71">
+      <w:r w:rsidRPr="00975C71">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> July - August</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C230AEB" w14:textId="77777777" w:rsidR="00327AB2" w:rsidRPr="000E7FEA" w:rsidRDefault="00327AB2" w:rsidP="00327AB2">
+    <w:p w14:paraId="2619B269" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="000E7FEA" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001853DC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -4405,2457 +4186,1691 @@
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>certificate</w:t>
       </w:r>
       <w:r w:rsidRPr="003D17D0">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> from an employer) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2723DF64" w14:textId="77777777" w:rsidR="00121C8E" w:rsidRPr="000E7FEA" w:rsidRDefault="00121C8E" w:rsidP="009413CE">
+    <w:p w14:paraId="42DE315F" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="000E7FEA" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="567" w:hanging="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="263DC2D7" w14:textId="2126A2A6" w:rsidR="009413CE" w:rsidRPr="003642D1" w:rsidRDefault="00252EA6" w:rsidP="003D17D0">
+    <w:p w14:paraId="6118F170" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="003642D1" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00535C57">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">The program suspends its operation from </w:t>
       </w:r>
-      <w:r w:rsidR="00916544" w:rsidRPr="003642D1">
+      <w:r w:rsidRPr="003642D1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">11 </w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A30437">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="003642D1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003642D1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
-      <w:r w:rsidR="00916544" w:rsidRPr="003642D1">
+      <w:r w:rsidRPr="003642D1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>22</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A30437">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="003642D1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> August 202</w:t>
       </w:r>
-      <w:r w:rsidR="00916544" w:rsidRPr="003642D1">
+      <w:r w:rsidRPr="00A30437">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="003642D1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A687ED5" w14:textId="77777777" w:rsidR="00975C71" w:rsidRPr="00535C57" w:rsidRDefault="00975C71" w:rsidP="00975C71">
+    <w:p w14:paraId="14F32D0F" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00535C57" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FA779DE" w14:textId="44AB8ACB" w:rsidR="00B657B8" w:rsidRPr="00B657B8" w:rsidRDefault="00B657B8" w:rsidP="00535C57">
+    <w:p w14:paraId="501443FB" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00535C57" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="567" w:hanging="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Hlk201749035"/>
-      <w:r w:rsidRPr="00B657B8">
+      <w:r w:rsidRPr="009413CE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00327AB2">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>compliance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009413CE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the working hours is necessary for the smooth operation of the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009413CE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Program</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>me</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009413CE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009413CE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009413CE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009413CE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>In the event that</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009413CE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> parents are repeatedly delayed in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>pick-up</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009413CE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009413CE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> child(ren), the provision of services will be terminated after written notification. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3480E27B" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent3"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>A</w:t>
-[...114 lines deleted...]
-    <w:p w14:paraId="797F7F6A" w14:textId="16EFC327" w:rsidR="00AD4FC2" w:rsidRPr="00B657B8" w:rsidRDefault="00F402D6" w:rsidP="00535C57">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F7D4A8C" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00737597" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="567" w:hanging="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
-          <w:color w:val="auto"/>
-[...54 lines deleted...]
-        <w:rPr>
           <w:b/>
-          <w:color w:val="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="en"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00737597">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00737597">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Operation during Public Holidays</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14A1A9BD" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00737597" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737597">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        Program operation during Public, School, Local Holidays</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18F97913" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00737597" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737597">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        Public Holidays: the center is closed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35A69755" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00737597" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737597">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009413CE">
-[...163 lines deleted...]
-        <w:sectPr w:rsidR="00B657B8" w:rsidSect="00861FC5">
+    </w:p>
+    <w:p w14:paraId="53087204" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00D850CB" w:rsidSect="00D850CB">
           <w:footerReference w:type="even" r:id="rId9"/>
           <w:footerReference w:type="default" r:id="rId10"/>
+          <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
-          <w:pgMar w:top="720" w:right="1080" w:bottom="1440" w:left="1080" w:header="0" w:footer="288" w:gutter="0"/>
+          <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="0" w:footer="1134" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="060AF101" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00737597" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
       <w:r w:rsidRPr="00737597">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve">January 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CCC55E7" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00737597" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00737597">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">January 6 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76087501" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00737597" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00737597">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">February 23 (Clean Monday) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D7D8B65" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00737597" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00737597">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>25 March</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1459680D" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00737597" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00737597">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">April 1st </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F983B4" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00737597" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00737597">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">April </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00737597">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>0 (Good Friday)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="333E6715" w14:textId="646574DA" w:rsidR="00D850CB" w:rsidRPr="00737597" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00737597">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>April</w:t>
+      </w:r>
+      <w:r w:rsidR="001C25A3">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00737597">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Easter Monday)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C057089" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00737597" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00737597">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>May 1 (Labor Day)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77BB24CA" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00D850CB" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00737597">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>June 1 (Holy Spirit)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="617F3E4F" w14:textId="457307E9" w:rsidR="00D850CB" w:rsidRPr="00737597" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00737597">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>October</w:t>
+      </w:r>
+      <w:r w:rsidR="001C25A3">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69865050" w14:textId="5CE93DB2" w:rsidR="00D850CB" w:rsidRPr="00737597" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00737597">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>October</w:t>
+      </w:r>
+      <w:r w:rsidR="001C25A3">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00737597">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="60C3F151" w14:textId="0186F8EF" w:rsidR="00D850CB" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00D850CB" w:rsidSect="00D850CB">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="0" w:footer="1134" w:gutter="0"/>
+          <w:cols w:num="2" w:space="720"/>
+          <w:docGrid w:linePitch="326"/>
+        </w:sectPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00737597">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>January 1</w:t>
-[...46 lines deleted...]
-        <w:t xml:space="preserve">        </w:t>
+        <w:t>December 24 -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D850CB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>25</w:t>
       </w:r>
       <w:r w:rsidRPr="00737597">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>January 6</w:t>
-[...17 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00737597">
-[...563 lines deleted...]
-      <w:pPr>
+    </w:p>
+    <w:p w14:paraId="580D8B9D" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent3"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...74 lines deleted...]
-    <w:p w14:paraId="4C4F5F87" w14:textId="77777777" w:rsidR="00B657B8" w:rsidRDefault="00B657B8" w:rsidP="005F1F4A">
+    </w:p>
+    <w:p w14:paraId="1AB1E20D" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent3"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3539C24C" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-        </w:numPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Indicative Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03DFB295" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>During the school period</w:t>
+      </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-[...10 lines deleted...]
-    <w:p w14:paraId="02FF00AA" w14:textId="36F73390" w:rsidR="005C7F40" w:rsidRPr="004E7846" w:rsidRDefault="00AD4FC2" w:rsidP="005F1F4A">
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>: safe keeping</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">warm lunch, afternoon snacks, creative activities, sports and activities inside and outside the Center. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D2B0DB" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>During the school period</w:t>
-[...19 lines deleted...]
-        <w:t>safe keeping</w:t>
+        <w:t>During the summer season</w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...58 lines deleted...]
-      </w:pPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: in addition to the above, there are visits to playgrounds, a zoo, walks in nearby parks / fields, theater, cinema, etc. </w:t>
+      </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>During the summer season</w:t>
-[...50 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> if there is a possibility</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F7A4CBD" w14:textId="77777777" w:rsidR="00616410" w:rsidRPr="004E7846" w:rsidRDefault="00616410" w:rsidP="00616410">
+    <w:p w14:paraId="28D79A47" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51DECD96" w14:textId="77777777" w:rsidR="00A84888" w:rsidRPr="004E7846" w:rsidRDefault="00A84888" w:rsidP="00A84888">
+    <w:p w14:paraId="72464BAA" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Indicative* Program: </w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B81C35D" w14:textId="270E0938" w:rsidR="00A84888" w:rsidRPr="004E7846" w:rsidRDefault="00024291" w:rsidP="00A84888">
+    <w:p w14:paraId="0DD1A99A" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A84888" w:rsidRPr="004E7846">
+        <w:t>07:00-0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...2 lines deleted...]
-        <w:t>7:00-0</w:t>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8:45 - </w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...57 lines deleted...]
-    <w:p w14:paraId="6C30B8C0" w14:textId="77777777" w:rsidR="00A84888" w:rsidRPr="004E7846" w:rsidRDefault="00024291" w:rsidP="00A84888">
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Play in the yard/ playing room</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F6441B3" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E40977" w:rsidRPr="004E7846">
+        <w:t>08</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>8</w:t>
+        <w:t>45-0</w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E40977" w:rsidRPr="004E7846">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>45-0</w:t>
+        <w:t xml:space="preserve">9:30 - </w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...51 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Breakfast</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="242C823B" w14:textId="77777777" w:rsidR="00A84888" w:rsidRPr="004E7846" w:rsidRDefault="00024291" w:rsidP="00A84888">
+    <w:p w14:paraId="0439582F" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A84888" w:rsidRPr="004E7846">
+        <w:t>09</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>9</w:t>
+        <w:t>30-12:00</w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="auto"/>
-[...42 lines deleted...]
-          <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
-      <w:r w:rsidR="00A84888" w:rsidRPr="004E7846">
-[...30 lines deleted...]
-    <w:p w14:paraId="5A8CDB3D" w14:textId="77777777" w:rsidR="00A84888" w:rsidRPr="004E7846" w:rsidRDefault="00A84888" w:rsidP="00A84888">
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Various educational activities </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26F8A29F" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="90"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D91830" w:rsidRPr="004E7846">
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t xml:space="preserve">00-13:0 0 - </w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...62 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Lunch </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68C389C6" w14:textId="7CBFF4BC" w:rsidR="00A84888" w:rsidRPr="004E7846" w:rsidRDefault="00D91830" w:rsidP="00A84888">
+    <w:p w14:paraId="2B83734C" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>13:</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidR="00A84888" w:rsidRPr="004E7846">
+        <w:t xml:space="preserve">13:00-15:30 - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Sleep and/or Rest</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3089703C" w14:textId="60F6DA18" w:rsidR="00A84888" w:rsidRPr="004E7846" w:rsidRDefault="00A84888" w:rsidP="00A84888">
+    <w:p w14:paraId="6CEAF3A9" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">15:30-17:00 - </w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Movie</w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="00E40977" w:rsidRPr="004E7846">
-[...8 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> &amp; Afternoon</w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="23A37894" w14:textId="00E5231C" w:rsidR="009930EB" w:rsidRPr="004E7846" w:rsidRDefault="00A84888" w:rsidP="00FB3E13">
+        <w:t>crafts/free play &amp; Afternoon snack</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C929E6C" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>18:00</w:t>
       </w:r>
-      <w:r w:rsidR="00121C8E" w:rsidRPr="004E7846">
+      <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidR="00121C8E" w:rsidRPr="004E7846">
+      <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>20</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E02A36" w:rsidRPr="004E7846">
+        <w:t>20:00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...10 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Free</w:t>
-[...32 lines deleted...]
-    <w:p w14:paraId="4CBA65DF" w14:textId="77777777" w:rsidR="00E84913" w:rsidRDefault="00E84913" w:rsidP="00AB7308">
+        <w:t xml:space="preserve">Free-play and creative activities, End of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6FD44ACE" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="706" w:firstLine="14"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en"/>
-[...7 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>* The detailed program is announced at the beginning of each period</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31B74CCD" w14:textId="77777777" w:rsidR="00A91CBF" w:rsidRPr="004E7846" w:rsidRDefault="00A91CBF" w:rsidP="00AB7308">
-[...16 lines deleted...]
-    <w:p w14:paraId="58B13ED4" w14:textId="6DB301BA" w:rsidR="009F7840" w:rsidRPr="004E7846" w:rsidRDefault="009F7840" w:rsidP="009F7840">
+    <w:p w14:paraId="3E46BC2B" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="806"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
@@ -6881,3681 +5896,3035 @@
         <w:t>no breakfast is offered</w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Parents</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A6693A" w:rsidRPr="004E7846">
+        <w:t>Parents are asked to ensure that children have</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>healthy breakfast</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with them </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...41 lines deleted...]
-        </w:rPr>
         <w:t>(e.g. a sandwich with juice/milk and/or fruit).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22C44108" w14:textId="77777777" w:rsidR="0090510A" w:rsidRPr="004E7846" w:rsidRDefault="0090510A" w:rsidP="00121C8E">
+    <w:p w14:paraId="3AAD96DD" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DFF869A" w14:textId="30FE3334" w:rsidR="00826F42" w:rsidRPr="004E7846" w:rsidRDefault="00A91CBF" w:rsidP="00E058AB">
+    <w:p w14:paraId="30815C93" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Communication with</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="2EDBB2B7" w14:textId="77777777" w:rsidR="008E3412" w:rsidRPr="004E7846" w:rsidRDefault="008E3412" w:rsidP="000D5F5A">
+        <w:t>Contacting the Center</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DC94765" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">           Opening Hours of the Center</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D63D81E" w14:textId="527492A5" w:rsidR="009B1A7D" w:rsidRPr="00F91520" w:rsidRDefault="00121C8E" w:rsidP="00B35177">
+    <w:p w14:paraId="5DC4DF48" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00F91520" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">           Assistant Program Officer</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidR="00F91520">
+        <w:t xml:space="preserve">           Assistant Program Officer and/or </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Child</w:t>
       </w:r>
-      <w:r w:rsidR="00F91520">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Carers </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A66D53C" w14:textId="77777777" w:rsidR="00E40977" w:rsidRPr="004E7846" w:rsidRDefault="00E40977" w:rsidP="00B35177">
+    <w:p w14:paraId="64B6B514" w14:textId="108BFA33" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Tel. 22797891 and 22797 897</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="160F2C93" w14:textId="733F95CF" w:rsidR="008E3412" w:rsidRPr="004E7846" w:rsidRDefault="00A6693A" w:rsidP="000D5F5A">
+        <w:t>Tel. 2279789</w:t>
+      </w:r>
+      <w:r w:rsidR="001C25A3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and 22797 897</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="504DBDFF" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">            </w:t>
-[...61 lines deleted...]
-      <w:r w:rsidR="00F91520">
+        <w:t xml:space="preserve">            Office Hours: tel. 22797899 email:</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="000D5F5A" w:rsidRPr="004E7846">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="004E7846">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>polidinamo</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="000D5F5A" w:rsidRPr="004E7846">
+        <w:r w:rsidRPr="004E7846">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>@</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="000D5F5A" w:rsidRPr="004E7846">
+        <w:r w:rsidRPr="004E7846">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>nicosiamunicipality</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="000D5F5A" w:rsidRPr="004E7846">
+        <w:r w:rsidRPr="004E7846">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008E3412" w:rsidRPr="004E7846">
+      <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="000D5F5A" w:rsidRPr="004E7846">
+        <w:r w:rsidRPr="004E7846">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>org</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="000D5F5A" w:rsidRPr="004E7846">
+        <w:r w:rsidRPr="004E7846">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008E3412" w:rsidRPr="004E7846">
+      <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="000D5F5A" w:rsidRPr="004E7846">
+        <w:r w:rsidRPr="004E7846">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>cy</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5F2DCBB5" w14:textId="77777777" w:rsidR="009B1A7D" w:rsidRPr="004E7846" w:rsidRDefault="009B1A7D" w:rsidP="000D5F5A">
+    <w:p w14:paraId="517EB188" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Telephone conversations between children and parents should be avoided,</w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> except in the case of an emergency. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7AECC374" w14:textId="77777777" w:rsidR="00B13AF6" w:rsidRPr="004E7846" w:rsidRDefault="00B13AF6" w:rsidP="00B13AF6">
+        <w:t xml:space="preserve"> except in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>the case</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of an emergency. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="046D9CB4" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68133E23" w14:textId="77777777" w:rsidR="00826F42" w:rsidRPr="004E7846" w:rsidRDefault="00826F42" w:rsidP="00E058AB">
+    <w:p w14:paraId="52A54257" w14:textId="77777777" w:rsidR="001C25A3" w:rsidRPr="004E7846" w:rsidRDefault="001C25A3" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C216740" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Picking up child(ren)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4543AE70" w14:textId="0EFC70FF" w:rsidR="00826F42" w:rsidRPr="004E7846" w:rsidRDefault="00826F42" w:rsidP="005E1CFE">
+    <w:p w14:paraId="2882F57E" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">The departure of child(ren) will take place from the Center and only with the </w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">accompaniment of </w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">the parent or guardian no </w:t>
       </w:r>
-      <w:r w:rsidR="00873850" w:rsidRPr="004E7846">
+      <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>later than</w:t>
       </w:r>
-      <w:r w:rsidR="00873850" w:rsidRPr="004E7846">
+      <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18</w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">:00 or </w:t>
       </w:r>
-      <w:r w:rsidR="00B35177" w:rsidRPr="004E7846">
+      <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>20:00</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> depending</w:t>
+        <w:t>20:00 depending</w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> on the case. In case they are received by other persons, this will be done only with written consent (</w:t>
-[...10 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> on the case. In case they are received by other </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or </w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="5087E3D7" w14:textId="77777777" w:rsidR="00DF49AC" w:rsidRPr="004E7846" w:rsidRDefault="00DF49AC" w:rsidP="005402B5">
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, this will be done only with written consent (e-mail or SMS) from the parent or guardian and will entail full assumption of responsibility on his part. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4310A456" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F8D2650" w14:textId="77777777" w:rsidR="00A6693A" w:rsidRDefault="00A6693A" w:rsidP="005402B5">
+    <w:p w14:paraId="707D4E9B" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A593128" w14:textId="77777777" w:rsidR="00861FC5" w:rsidRDefault="00861FC5" w:rsidP="005402B5">
-[...69 lines deleted...]
-    <w:p w14:paraId="6C996EA1" w14:textId="1B205AEA" w:rsidR="00DF49AC" w:rsidRPr="00861FC5" w:rsidRDefault="00DF49AC" w:rsidP="00DF49AC">
+    <w:p w14:paraId="123D8892" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="553604DB" w14:textId="77777777" w:rsidR="00DF49AC" w:rsidRPr="004E7846" w:rsidRDefault="00DF49AC" w:rsidP="00DF49AC">
+        <w:t xml:space="preserve"> Administration of Medications/ Medical Problems</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DAD110B" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="706"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">It is forbidden to transport medicines to the Center, as well as to administer them by staff. Exceptions </w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>will be made only in special cases of treatment and after written consent and instructions of the parent / guardian, at his own risk.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="146534D5" w14:textId="77777777" w:rsidR="00DF49AC" w:rsidRDefault="00DF49AC" w:rsidP="00DF49AC">
+    <w:p w14:paraId="5373C230" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="706"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Parents have an obligation to inform the Center in writing of any particular medical problems, as well as special issues of child nutrition.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="09A878BE" w14:textId="77777777" w:rsidR="00B35177" w:rsidRPr="004E7846" w:rsidRDefault="00B35177" w:rsidP="005402B5">
+        <w:t xml:space="preserve">Parents have an obligation to inform the Center in writing of any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>particular medical</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> problems, as well as special issues of child nutrition.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AED9A8F" w14:textId="3E69F8EA" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="706"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="284F21BD" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F2CCEB1" w14:textId="77777777" w:rsidR="00732620" w:rsidRPr="004E7846" w:rsidRDefault="00732620" w:rsidP="00732620">
+    <w:p w14:paraId="7ECE1591" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Termination of Services to a Child </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15022296" w14:textId="77777777" w:rsidR="00732620" w:rsidRPr="004E7846" w:rsidRDefault="00732620" w:rsidP="00732620">
+    <w:p w14:paraId="431E4793" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>In case a child does not cooperate and is repeatedly unable to follow the instructions of the Responsible Escorts, as well as in cases where a child has severe psycho-emotional problems, the following procedure will be followed:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DF59682" w14:textId="77777777" w:rsidR="0074435B" w:rsidRPr="004E7846" w:rsidRDefault="0074435B" w:rsidP="00732620">
+    <w:p w14:paraId="7BAC9B74" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="219BADAE" w14:textId="77777777" w:rsidR="00732620" w:rsidRPr="004E7846" w:rsidRDefault="00732620" w:rsidP="00732620">
+    <w:p w14:paraId="27D4B52B" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Direct discussion and engagement with the child.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C62A561" w14:textId="6D8CCA7B" w:rsidR="00732620" w:rsidRPr="004E7846" w:rsidRDefault="00732620" w:rsidP="00732620">
+    <w:p w14:paraId="2636E832" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Briefing of the parent / guardian by the</w:t>
-[...23 lines deleted...]
-    <w:p w14:paraId="1F6F6AC8" w14:textId="77777777" w:rsidR="00732620" w:rsidRPr="004E7846" w:rsidRDefault="00732620" w:rsidP="00732620">
+        <w:t xml:space="preserve">Briefing of the parent / guardian by the Assistant Program Officer for the joint treatment of the issue and two days of interventional and supportive actions. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23769B23" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">If the problem persists and a serious malfunction arises in the program, the Nicosia Municipal Multipurpose Centre reserves the right to terminate the child's participation, after informing the parent. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10604DE8" w14:textId="77777777" w:rsidR="00732620" w:rsidRPr="004E7846" w:rsidRDefault="00732620" w:rsidP="00732620">
+    <w:p w14:paraId="182A4072" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>After the above actions are followed and after another three days the child's behavior does not improve, the services to the parents are terminated by written letter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59996930" w14:textId="77777777" w:rsidR="00EB7788" w:rsidRPr="004E7846" w:rsidRDefault="00732620" w:rsidP="00EB7788">
+    <w:p w14:paraId="27F707C5" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00BE4E6A" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>In cases where neglect of the child or other serious problems are found, such as violence in the family, the</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B35177" w:rsidRPr="004E7846">
+        <w:t>In cases where neglect of the child or other serious problems are found, such as violence in the family, the Assistant Program Officer has an obligation, in consultation with the competent Program Officer, to immediately inform a competent officer of the Social Welfare Services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="059537EE" w14:textId="0F3EF03B" w:rsidR="00BE4E6A" w:rsidRPr="00BE4E6A" w:rsidRDefault="00BE4E6A" w:rsidP="00BE4E6A">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:val="en"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004E7846">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE4E6A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:val="en"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="6D654135" w14:textId="77777777" w:rsidR="00DD23BD" w:rsidRPr="004E7846" w:rsidRDefault="00DD23BD" w:rsidP="00DD23BD">
+          <w:color w:val="111111"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Furthermore, in cases where the Assistant Officer observes behaviors or difficulties that may affect the child’s participation in the program or the safety of the child or others, they may inform the parents/guardians and suggest a consultative evaluation by appropriate specialists with the aim of providing better support for the child.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="234A667E" w14:textId="77777777" w:rsidR="00BE4E6A" w:rsidRPr="00D511C8" w:rsidRDefault="00BE4E6A" w:rsidP="00BE4E6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6083883C" w14:textId="2B14DCED" w:rsidR="00DD23BD" w:rsidRPr="004E7846" w:rsidRDefault="00A91CBF" w:rsidP="00DD23BD">
+    <w:p w14:paraId="4AF1C671" w14:textId="48AE09EF" w:rsidR="00D850CB" w:rsidRPr="001C25A3" w:rsidRDefault="00D850CB" w:rsidP="001C25A3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3856A788" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00D511C8" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F65D502" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00D511C8" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30A9AE4E" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Hlk201749675"/>
-      <w:r>
+      <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-          <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="310E5AE9" w14:textId="77777777" w:rsidR="00DD23BD" w:rsidRPr="004E7846" w:rsidRDefault="00DD23BD" w:rsidP="00DD23BD">
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Keeping Hours</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7890B47C" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EC272D1" w14:textId="77777777" w:rsidR="00DD23BD" w:rsidRPr="004E7846" w:rsidRDefault="00DD23BD" w:rsidP="00DD23BD">
+    <w:p w14:paraId="6268E431" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Strict</w:t>
+      </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...2 lines deleted...]
-        <w:t>Strict</w:t>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> adherence to the timetable is necessary for the smooth operation of the program</w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="auto"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> adherence to the timetable is necessary for the smooth operation of the program</w:t>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-[...5 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> In the event that parents are repeatedly delayed in receiving the child(ren), the provision of services will be terminated after written notification. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="54BB6B0E" w14:textId="77777777" w:rsidR="00DD23BD" w:rsidRPr="004E7846" w:rsidRDefault="00DD23BD" w:rsidP="00DD23BD">
+        <w:t>In the event that</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> parents are repeatedly delayed in receiving the child(ren), the provision of services will be terminated after written notification. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76A96B88" w14:textId="77777777" w:rsidR="001C25A3" w:rsidRPr="004E7846" w:rsidRDefault="001C25A3" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3506DB97" w14:textId="77777777" w:rsidR="00AE1AA0" w:rsidRPr="004E7846" w:rsidRDefault="00AE1AA0" w:rsidP="001402FD">
+    <w:p w14:paraId="6D072269" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45C00497" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Nutrition</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63231216" w14:textId="77777777" w:rsidR="00AE1AA0" w:rsidRPr="004E7846" w:rsidRDefault="001402FD" w:rsidP="001402FD">
+    <w:p w14:paraId="727CE4CD" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...31 lines deleted...]
-    <w:p w14:paraId="5379B4DA" w14:textId="13554E49" w:rsidR="00AE1AA0" w:rsidRPr="004E7846" w:rsidRDefault="00AE1AA0" w:rsidP="004954F3">
+        <w:t xml:space="preserve">Children are offered hot lunch, as well as afternoon snacks (cakes or various creams, fruit-yogurt, fruit salad as well as </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>fruits</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), according to a monthly diet plan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C628568" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">No </w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>breakfast is offered</w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> during the period of operation of the Centre.  Parents</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A6693A" w:rsidRPr="004E7846">
+        <w:t xml:space="preserve"> during the period of operation of the Centre.  Parents are asked to ensure that children have a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:val="en"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:bCs/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>healthy breakfast</w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">are asked to ensure that children have a </w:t>
-[...45 lines deleted...]
-    <w:p w14:paraId="7F1BE762" w14:textId="77777777" w:rsidR="00B35177" w:rsidRPr="004E7846" w:rsidRDefault="00B35177" w:rsidP="00AE1AA0">
+        <w:t xml:space="preserve"> with them (e.g., a sandwich with juice/milk and/or fruit).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AA4C737" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="806"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C8892C9" w14:textId="36715FA8" w:rsidR="00B35177" w:rsidRPr="004E7846" w:rsidRDefault="00B35177" w:rsidP="004954F3">
+    <w:p w14:paraId="0E7B5A0E" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Children staying after </w:t>
-[...44 lines deleted...]
-    <w:p w14:paraId="4E741058" w14:textId="77777777" w:rsidR="00AE1AA0" w:rsidRPr="004E7846" w:rsidRDefault="00AE1AA0" w:rsidP="00AE1AA0">
+        <w:t xml:space="preserve"> Children staying after 18:00 are offered a 2nd afternoon (usually sandwiches with cheese or ham or cereals with milk or egg with bread or breadsticks with cheese or salty cake).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D3A9318" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="806" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">The children's diet is complete, so it </w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>is not recommended</w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to present any other dishes at the center (except for the purpose of breakfast).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0CB08BCD" w14:textId="43CFBA1C" w:rsidR="00EB7788" w:rsidRPr="004E7846" w:rsidRDefault="00AE1AA0" w:rsidP="00136F04">
+        <w:t xml:space="preserve"> to present any other dishes at the center (except for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>the purpose of breakfast</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B29C88D" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="806" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Hlk69389699"/>
+      <w:bookmarkStart w:id="14" w:name="_Hlk69389699"/>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-    <w:p w14:paraId="6BEFF849" w14:textId="01BC2F0D" w:rsidR="00EB7788" w:rsidRPr="004E7846" w:rsidRDefault="00EB7788" w:rsidP="00EB7788">
+        <w:t xml:space="preserve">Exceptions in relation to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>the food of the</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> diet plan will be made only in the case of medical issues with the submission of a relevant certificate by a doctor, as well as in case of religious reasons, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>provided that</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> these will be declared during registration by the parents. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CFF91FA" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="806" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03900BFA" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Use</w:t>
-[...26 lines deleted...]
-    <w:p w14:paraId="7014E6ED" w14:textId="4503A74D" w:rsidR="00EB7788" w:rsidRPr="004E7846" w:rsidRDefault="00EB7788" w:rsidP="00EB7788">
+        <w:t>Use of electronic apparatus or other objects</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4828155D" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Hlk66969559"/>
+      <w:bookmarkStart w:id="15" w:name="_Hlk66969559"/>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>It is not recommended to carry electronic devices daily. Their use is allowed only at certain times (based on</w:t>
-[...33 lines deleted...]
-    <w:p w14:paraId="6CEC0D34" w14:textId="62ACC773" w:rsidR="00EB7788" w:rsidRPr="004E7846" w:rsidRDefault="0078099F" w:rsidP="00EB7788">
+        <w:t>It is not recommended to carry electronic devices daily. Their use is allowed only at certain times (based on a schedule), provided that the sole responsibility for their care lies with the child himself.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p w14:paraId="5A640EA1" w14:textId="5CC48747" w:rsidR="00D850CB" w:rsidRPr="00D850CB" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0078099F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Nicosia Municipality Multifunctional Foundation</w:t>
       </w:r>
-      <w:r w:rsidR="00EB7788" w:rsidRPr="004E7846">
+      <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in no way assumes any responsibility for loss of or damage to devices, toys or objects that children carry from home.</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="6B305B08" w14:textId="77777777" w:rsidR="00D35FA2" w:rsidRPr="004E7846" w:rsidRDefault="00D35FA2" w:rsidP="000D5F5A">
+        <w:t xml:space="preserve"> in no way assumes any responsibility for loss of or damage to devices, toys or objects that children carry from home</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w14:paraId="4B921426" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="027383B7" w14:textId="77777777" w:rsidR="00231186" w:rsidRPr="004E7846" w:rsidRDefault="00231186" w:rsidP="00E058AB">
+    <w:p w14:paraId="3E1BD198" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C447B40" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Children's Diseases/ Lice</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2490BB14" w14:textId="4971ECBC" w:rsidR="00525EE1" w:rsidRPr="004E7846" w:rsidRDefault="00525EE1" w:rsidP="005E1CFE">
+    <w:p w14:paraId="7A392794" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="706"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">In the case of childhood </w:t>
-[...11 lines deleted...]
-        <w:t>illnesses</w:t>
+        <w:t xml:space="preserve">In the case of childhood diseases, especially in the </w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-[...32 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">case of viruses that are transmitted with great ease from one child to another, children should be confined to the home until there is certainty that there is not the slightest risk of transmitting the disease or virus to the other children in the program, but also to the staff. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F65BF90" w14:textId="77777777" w:rsidR="00525EE1" w:rsidRPr="00D41109" w:rsidRDefault="00525EE1" w:rsidP="005E1CFE">
+    <w:p w14:paraId="7DB05717" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00D41109" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:ind w:left="706"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">In order to avoid </w:t>
-      </w:r>
+        <w:t>In order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> avoid </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>the possibility of transmission</w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004E7846">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>of lice, a regular check of the children's head should be carried out and relevant treatment should be followed in cases of detection of lice or nits.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3A051475" w14:textId="77777777" w:rsidR="002E1CE6" w:rsidRPr="00D41109" w:rsidRDefault="002E1CE6" w:rsidP="00D35FA2">
+        <w:t xml:space="preserve">of lice, a regular check of the children's head should be carried </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>out</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004E7846">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and relevant treatment should be followed in cases of detection of lice or nits.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="710A1725" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00D41109" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="131810B2" w14:textId="77777777" w:rsidR="00374917" w:rsidRDefault="00374917" w:rsidP="00374917">
-[...1 lines deleted...]
-        <w:ind w:left="720"/>
+    <w:p w14:paraId="2B26E825" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00D35FA2" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
-          <w:iCs/>
-[...16 lines deleted...]
-        <w:t>The project</w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078394E">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0078394E">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>program</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>me</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00800429">
-[...9 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="32EE9E71" w14:textId="77777777" w:rsidR="002E1CE6" w:rsidRPr="00D41109" w:rsidRDefault="002E1CE6" w:rsidP="005E1CFE">
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is registered </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C23408">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C23408">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Social Welfare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078394E">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Services of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078394E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deputy Ministry of Social Welfare </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078394E">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078394E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">operates </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0078394E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>on the basis of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0078394E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078394E">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Centers for the Protection and Employment of Children</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078394E">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Law and Regulations. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EA4971B" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00D41109" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:ind w:left="706"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D72EB3A" w14:textId="77777777" w:rsidR="00212EC9" w:rsidRPr="004E7846" w:rsidRDefault="00212EC9">
+    <w:p w14:paraId="5B459B1B" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A2FC770" w14:textId="77777777" w:rsidR="0078099F" w:rsidRDefault="0078099F" w:rsidP="00E058AB">
+    <w:p w14:paraId="185C52C6" w14:textId="721C556B" w:rsidR="00D850CB" w:rsidRDefault="00D850CB" w:rsidP="001C25A3">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078099F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Nicosia Municipality Multifunctional Foundation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28E021FD" w14:textId="7C5F5BA3" w:rsidR="00D850CB" w:rsidRPr="00916544" w:rsidRDefault="00D850CB" w:rsidP="001C25A3">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">January  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003642D1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="001C25A3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3984B942" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33C3E45B" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="004E7846" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7574A257" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00D850CB" w:rsidRDefault="00D850CB" w:rsidP="00D850CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...22 lines deleted...]
-        <w:rPr>
           <w:rFonts w:eastAsia="Batang" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...347 lines deleted...]
-    <w:sectPr w:rsidR="00136F04" w:rsidSect="00861FC5">
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00D850CB" w:rsidRPr="00D850CB" w:rsidSect="0093452D">
+      <w:footerReference w:type="even" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="0" w:footer="1380" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5BF815F5" w14:textId="77777777" w:rsidR="006D5A73" w:rsidRDefault="006D5A73">
+    <w:p w14:paraId="486E76A5" w14:textId="77777777" w:rsidR="004B13B4" w:rsidRDefault="004B13B4">
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5F90205F" w14:textId="77777777" w:rsidR="006D5A73" w:rsidRDefault="006D5A73">
+    <w:p w14:paraId="01E352AD" w14:textId="77777777" w:rsidR="004B13B4" w:rsidRDefault="004B13B4">
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="A1"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="623DFBDF" w14:textId="77777777" w:rsidR="00841FFC" w:rsidRDefault="00841FFC">
+  <w:p w14:paraId="58FDD4F9" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRDefault="00D850CB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:lang w:val="en"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:lang w:val="en"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:lang w:val="en"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00B53D42">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
         <w:lang w:val="en"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:lang w:val="en"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7EF4817C" w14:textId="77777777" w:rsidR="00841FFC" w:rsidRDefault="00841FFC">
+  <w:p w14:paraId="1CE02B60" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRDefault="00D850CB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2243F6C2" w14:textId="0DE71341" w:rsidR="00861FC5" w:rsidRDefault="00861FC5" w:rsidP="00861FC5">
+  <w:p w14:paraId="42BD4B2D" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="0019751E" w:rsidRDefault="00D850CB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:ind w:left="-180"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:lang w:val="en"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:lang w:val="en"/>
+      </w:rPr>
+      <w:instrText>PAGE</w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="0083617F">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:lang w:val="en"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="006360D7">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:lang w:val="en"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="72F9DF5A" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="006360D7" w:rsidRDefault="00D850CB">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
-        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="002B7B49">
-[...5 lines deleted...]
-    </w:r>
     <w:r w:rsidRPr="00CE00A5">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="198DC3D6" wp14:editId="38621B86">
-[...2 lines deleted...]
-          <wp:docPr id="1488900702" name="Picture 2" descr="Blue text on a white background&#10;&#10;Description automatically generated"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="647AD08D" wp14:editId="569FA882">
+          <wp:extent cx="2035810" cy="365760"/>
+          <wp:effectExtent l="0" t="0" r="2540" b="0"/>
+          <wp:docPr id="494869852" name="Picture 1" descr="Blue text on a white background&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="Blue text on a white background&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2817348" cy="499277"/>
+                    <a:ext cx="2035810" cy="365760"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="002B7B49">
-[...5 lines deleted...]
-      <w:t xml:space="preserve">                       </w:t>
+    <w:r w:rsidRPr="006360D7">
+      <w:t xml:space="preserve">                                                  </w:t>
     </w:r>
     <w:r w:rsidRPr="00CE00A5">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E9EACC6" wp14:editId="16800B0C">
-[...2 lines deleted...]
-          <wp:docPr id="1981311302" name="Picture 1" descr="A logo with a bird and leaves&#10;&#10;Description automatically generated"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="46106F20" wp14:editId="7F83E7AD">
+          <wp:extent cx="580390" cy="461010"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="1149329179" name="Picture 2" descr="A logo with a bird and leaves&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 2" descr="A logo with a bird and leaves&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="657225" cy="514350"/>
+                    <a:ext cx="580390" cy="461010"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="002B7B49">
-[...4 lines deleted...]
-      <w:t xml:space="preserve">   </w:t>
+    <w:r w:rsidRPr="006360D7">
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
+    <w:bookmarkStart w:id="10" w:name="_Hlk166151568"/>
     <w:r w:rsidRPr="001E1FED">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
-        <w:lang w:val="en-US"/>
-[...61 lines deleted...]
-      <w:instrText xml:space="preserve"> 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMAT </w:instrText>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> INCLUDEPICTURE "C:\\ΔΙΑΧΥΣΗ\\2024\\ΔΙΑΡΘΡΩΤΙΚΑ\\ΛΟΓΟΤΥΠΑ ΘΑλΕΙΑ 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="001E1FED">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="001E1FED">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
-        <w:lang w:val="en-US"/>
-[...61 lines deleted...]
-      <w:instrText xml:space="preserve"> 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMAT </w:instrText>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> INCLUDEPICTURE "C:\\ΔΙΑΧΥΣΗ\\2024\\ΔΙΑΡΘΡΩΤΙΚΑ\\ΛΟΓΟΤΥΠΑ ΘΑλΕΙΑ 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="001E1FED">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="001E1FED">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
-        <w:lang w:val="en-US"/>
-[...61 lines deleted...]
-      <w:instrText xml:space="preserve"> 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMAT </w:instrText>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> INCLUDEPICTURE "C:\\ΔΙΑΧΥΣΗ\\2024\\ΔΙΑΡΘΡΩΤΙΚΑ\\ΛΟΓΟΤΥΠΑ ΘΑλΕΙΑ 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="001E1FED">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="001E1FED">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
-        <w:lang w:val="en-US"/>
-[...61 lines deleted...]
-      <w:instrText xml:space="preserve"> 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMAT </w:instrText>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> INCLUDEPICTURE "C:\\ΔΙΑΧΥΣΗ\\2024\\ΔΙΑΡΘΡΩΤΙΚΑ\\ΛΟΓΟΤΥΠΑ ΘΑλΕΙΑ 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="001E1FED">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="001E1FED">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
-        <w:lang w:val="en-US"/>
-[...61 lines deleted...]
-      <w:instrText xml:space="preserve"> 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMAT </w:instrText>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> INCLUDEPICTURE "C:\\ΔΙΑΧΥΣΗ\\2024\\ΔΙΑΡΘΡΩΤΙΚΑ\\ΛΟΓΟΤΥΠΑ ΘΑλΕΙΑ 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="001E1FED">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="001E1FED">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
-        <w:lang w:val="en-US"/>
-[...61 lines deleted...]
-      <w:instrText xml:space="preserve"> 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMAT </w:instrText>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> INCLUDEPICTURE "C:\\Users\\ΔΙΑΧΥΣΗ\\2024\\ΔΙΑΡΘΡΩΤΙΚΑ\\ΛΟΓΟΤΥΠΑ ΘΑλΕΙΑ 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="001E1FED">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="001E1FED">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
-        <w:lang w:val="en-US"/>
-[...61 lines deleted...]
-      <w:instrText xml:space="preserve"> 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMAT </w:instrText>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> INCLUDEPICTURE "C:\\Users\\ΔΙΑΧΥΣΗ\\2024\\ΔΙΑΡΘΡΩΤΙΚΑ\\ΛΟΓΟΤΥΠΑ ΘΑλΕΙΑ 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="001E1FED">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="001E1FED">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
-        <w:lang w:val="en-US"/>
-[...61 lines deleted...]
-      <w:instrText xml:space="preserve"> 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMAT </w:instrText>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> INCLUDEPICTURE "C:\\Users\\ΔΙΑΧΥΣΗ\\2024\\ΔΙΑΡΘΡΩΤΙΚΑ\\ΛΟΓΟΤΥΠΑ ΘΑλΕΙΑ 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="001E1FED">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="001E1FED">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
-        <w:lang w:val="en-US"/>
-[...61 lines deleted...]
-      <w:instrText xml:space="preserve"> 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMAT </w:instrText>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> INCLUDEPICTURE "C:\\Users\\ΔΙΑΧΥΣΗ\\2024\\ΔΙΑΡΘΡΩΤΙΚΑ\\ΛΟΓΟΤΥΠΑ ΘΑλΕΙΑ 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="001E1FED">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="001E1FED">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
-        <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      <w:instrText xml:space="preserve"> INCLUDEPICTURE "C:\\Users\\demetris.stephanides\\AppData\\Local\\Microsoft\\Windows\\INetCache\\</w:instrText>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> INCLUDEPICTURE "C:\\Users\\ΔΙΑΧΥΣΗ\\2024\\ΔΙΑΡΘΡΩΤΙΚΑ\\ΛΟΓΟΤΥΠΑ ΘΑλΕΙΑ 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="001E1FED">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:instrText>ΔΙΑΧΥΣΗ</w:instrText>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
-        <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      <w:instrText>\\2024\\</w:instrText>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> INCLUDEPICTURE  "C:\\Users\\demetris.stephanides\\AppData\\Local\\Microsoft\\Windows\\INetCache\\ΔΙΑΧΥΣΗ\\2024\\ΔΙΑΡΘΡΩΤΙΚΑ\\ΛΟΓΟΤΥΠΑ ΘΑλΕΙΑ 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMATINET </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:instrText>ΔΙΑΡΘΡΩΤΙΚΑ</w:instrText>
+      <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
-        <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      <w:instrText>\\</w:instrText>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:instrText>ΛΟΓΟΤΥΠΑ</w:instrText>
+      <w:instrText xml:space="preserve"> INCLUDEPICTURE  "C:\\Users\\demetris.stephanides\\AppData\\Local\\Microsoft\\Windows\\INetCache\\ΔΙΑΧΥΣΗ\\2024\\ΔΙΑΡΘΡΩΤΙΚΑ\\ΛΟΓΟΤΥΠΑ ΘΑλΕΙΑ 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMATINET </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
-        <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      <w:instrText xml:space="preserve"> </w:instrText>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:instrText>ΘΑλΕΙΑ</w:instrText>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
-        <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      <w:instrText xml:space="preserve"> 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMAT </w:instrText>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> INCLUDEPICTURE  "C:\\Users\\demetris.stephanides\\AppData\\Local\\Microsoft\\Windows\\INetCache\\ΔΙΑΧΥΣΗ\\2024\\ΔΙΑΡΘΡΩΤΙΚΑ\\ΛΟΓΟΤΥΠΑ ΘΑλΕΙΑ 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMATINET </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="001E1FED">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="002B7B49" w:rsidRPr="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
-        <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      <w:instrText xml:space="preserve"> </w:instrText>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> INCLUDEPICTURE  "C:\\Users\\demetris.stephanides\\AppData\\Local\\Microsoft\\Windows\\INetCache\\ΔΙΑΧΥΣΗ\\2024\\ΔΙΑΡΘΡΩΤΙΚΑ\\ΛΟΓΟΤΥΠΑ ΘΑλΕΙΑ 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMATINET </w:instrText>
     </w:r>
-    <w:r w:rsidR="002B7B49" w:rsidRPr="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
-        <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      <w:instrText>INCLUDEPICTURE  "C:\\Users\\demetris.stephanides\\AppData\\Local\\Microsoft\\Windows\\INetCache\\</w:instrText>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:instrText>ΔΙΑΧΥΣΗ</w:instrText>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="002B7B49" w:rsidRPr="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
-        <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      <w:instrText>\\2024\\</w:instrText>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> INCLUDEPICTURE  "C:\\Users\\demetris.stephanides\\AppData\\Local\\Microsoft\\Windows\\INetCache\\ΔΙΑΧΥΣΗ\\2024\\ΔΙΑΡΘΡΩΤΙΚΑ\\ΛΟΓΟΤΥΠΑ ΘΑλΕΙΑ 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMATINET </w:instrText>
     </w:r>
-    <w:r w:rsidR="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:instrText>ΔΙΑΡΘΡΩΤΙΚΑ</w:instrText>
+      <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="002B7B49" w:rsidRPr="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
-        <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      <w:instrText>\\</w:instrText>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:instrText>ΛΟΓΟΤΥΠΑ</w:instrText>
+      <w:instrText xml:space="preserve"> INCLUDEPICTURE  "C:\\Users\\demetris.stephanides\\AppData\\Local\\Microsoft\\Windows\\INetCache\\ΔΙΑΧΥΣΗ\\2024\\ΔΙΑΡΘΡΩΤΙΚΑ\\ΛΟΓΟΤΥΠΑ ΘΑλΕΙΑ 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMATINET </w:instrText>
     </w:r>
-    <w:r w:rsidR="002B7B49" w:rsidRPr="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
-        <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      <w:instrText xml:space="preserve"> </w:instrText>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:instrText>ΘΑλΕΙΑ</w:instrText>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="002B7B49" w:rsidRPr="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
-        <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      <w:instrText xml:space="preserve"> 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMATINET</w:instrText>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> INCLUDEPICTURE  "C:\\Users\\demetris.stephanides\\AppData\\Local\\Microsoft\\Windows\\INetCache\\ΔΙΑΧΥΣΗ\\2024\\ΔΙΑΡΘΡΩΤΙΚΑ\\ΛΟΓΟΤΥΠΑ ΘΑλΕΙΑ 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMATINET </w:instrText>
     </w:r>
-    <w:r w:rsidR="002B7B49" w:rsidRPr="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
-        <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      <w:instrText xml:space="preserve"> </w:instrText>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> INCLUDEPICTURE  "C:\\Users\\demetris.stephanides\\AppData\\Local\\Microsoft\\Windows\\INetCache\\ΔΙΑΧΥΣΗ\\2024\\ΔΙΑΡΘΡΩΤΙΚΑ\\ΛΟΓΟΤΥΠΑ ΘΑλΕΙΑ 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMATINET </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="002B7B49">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:pict w14:anchorId="5857256F">
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> INCLUDEPICTURE  "C:\\Users\\demetris.stephanides\\AppData\\Local\\Microsoft\\Windows\\INetCache\\ΔΙΑΧΥΣΗ\\2024\\ΔΙΑΡΘΡΩΤΙΚΑ\\ΛΟΓΟΤΥΠΑ ΘΑλΕΙΑ 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMATINET </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> INCLUDEPICTURE  "C:\\Users\\demetris.stephanides\\AppData\\Local\\Microsoft\\Windows\\INetCache\\ΔΙΑΧΥΣΗ\\2024\\ΔΙΑΡΘΡΩΤΙΚΑ\\ΛΟΓΟΤΥΠΑ ΘΑλΕΙΑ 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMATINET </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00000000">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00000000">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> INCLUDEPICTURE  "C:\\Users\\demetris.stephanides\\AppData\\Local\\Microsoft\\Windows\\INetCache\\ΔΙΑΧΥΣΗ\\2024\\ΔΙΑΡΘΡΩΤΙΚΑ\\ΛΟΓΟΤΥΠΑ ΘΑλΕΙΑ 21-27\\SpecialisedLogo-1.jpg" \* MERGEFORMATINET </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00000000">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00BE4E6A">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:pict w14:anchorId="3E00E0CF">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:66.75pt;height:45pt">
+        <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:60.1pt;height:40.7pt">
           <v:imagedata r:id="rId3" r:href="rId4" croptop="11359f" cropbottom="21846f" cropleft="2473f" cropright="-4327f"/>
         </v:shape>
       </w:pict>
     </w:r>
-    <w:r w:rsidR="002B7B49">
+    <w:r w:rsidR="00000000">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="001E1FED">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="001E1FED">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="001E1FED">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -10588,104 +8957,547 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="001E1FED">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="001E1FED">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="001E1FED">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
+    <w:bookmarkEnd w:id="10"/>
   </w:p>
-  <w:p w14:paraId="0C8CA539" w14:textId="77777777" w:rsidR="00861FC5" w:rsidRPr="00861FC5" w:rsidRDefault="00861FC5" w:rsidP="00861FC5">
-[...10 lines deleted...]
-  <w:p w14:paraId="5864D3C3" w14:textId="12F6C883" w:rsidR="00841FFC" w:rsidRPr="00861FC5" w:rsidRDefault="00861FC5" w:rsidP="00861FC5">
+  <w:p w14:paraId="76FA7003" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="006360D7" w:rsidRDefault="00D850CB" w:rsidP="00737597">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="00A807B9" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRDefault="00D850CB" w:rsidP="00737597">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
-        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00861FC5">
-      <w:rPr>
+    <w:bookmarkStart w:id="11" w:name="_Hlk194492800"/>
+    <w:bookmarkStart w:id="12" w:name="_Hlk194492801"/>
+    <w:r w:rsidRPr="001E1FED">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>«</w:t>
+    </w:r>
+    <w:bookmarkStart w:id="13" w:name="_Hlk166151505"/>
+    <w:r w:rsidRPr="00CE00A5">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Το έργο υλοποιείται στο πλαίσιο του Προγράμματος Πολιτικής Συνοχής «</w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00CE00A5">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>ΘΑλΕΙΑ</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00CE00A5">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2021 – 2027» με τη συγχρηματοδότηση</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="493CF596" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRDefault="00D850CB" w:rsidP="00737597">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00CE00A5">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>της ΕΕ».</w:t>
+    </w:r>
+  </w:p>
+  <w:bookmarkEnd w:id="11"/>
+  <w:bookmarkEnd w:id="12"/>
+  <w:bookmarkEnd w:id="13"/>
+  <w:p w14:paraId="42A649DE" w14:textId="77777777" w:rsidR="00D850CB" w:rsidRPr="00737597" w:rsidRDefault="00D850CB">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>The project is co-funded by the EU within the framework of the Cohesion Policy Programme “THALIA 2021-2027”.</w:t>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="38194F79" w14:textId="77777777" w:rsidR="0059557A" w:rsidRDefault="0059557A">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3E0AB7B7" w14:textId="77777777" w:rsidR="0059557A" w:rsidRDefault="0059557A">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1833A00A" w14:textId="77777777" w:rsidR="0059557A" w:rsidRPr="00C21412" w:rsidRDefault="0059557A">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:color w:val="auto"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="00C21412">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="00C21412">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:noProof/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="0F8F4DB8" w14:textId="509E2407" w:rsidR="00DF3D52" w:rsidRPr="00C21412" w:rsidRDefault="00203DE8" w:rsidP="00DF3D52">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:color w:val="auto"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="0017312B">
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B3EC897" wp14:editId="4F216EA2">
+          <wp:extent cx="2838450" cy="504825"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="4" name="Picture 1" descr="Blue text on a white background&#10;&#10;Description automatically generated"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1" descr="Blue text on a white background&#10;&#10;Description automatically generated"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2838450" cy="504825"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="00DF3D52" w:rsidRPr="00C21412">
+      <w:rPr>
+        <w:color w:val="auto"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t xml:space="preserve">                       </w:t>
+    </w:r>
+    <w:r w:rsidRPr="0017312B">
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="32A2489C" wp14:editId="44661301">
+          <wp:extent cx="914400" cy="723900"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="5" name="Picture 2" descr="A logo with a bird and leaves&#10;&#10;Description automatically generated"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 2" descr="A logo with a bird and leaves&#10;&#10;Description automatically generated"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId2">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="914400" cy="723900"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="00DF3D52" w:rsidRPr="00C21412">
+      <w:rPr>
+        <w:color w:val="auto"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">   </w:t>
+    </w:r>
+    <w:r w:rsidRPr="0017312B">
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="16C856FA" wp14:editId="0E35F59F">
+          <wp:extent cx="942975" cy="638175"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="6" name="Picture 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 6"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId3">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect l="3773" t="17332" r="-6602" b="33334"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="942975" cy="638175"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="07A53429" w14:textId="77777777" w:rsidR="00DF3D52" w:rsidRPr="00C21412" w:rsidRDefault="00DF3D52" w:rsidP="00DF3D52">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:color w:val="auto"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="67CEB1BA" w14:textId="77777777" w:rsidR="00DF3D52" w:rsidRPr="007D0798" w:rsidRDefault="00DF3D52" w:rsidP="00DF3D52">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="007D0798">
+      <w:rPr>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>"</w:t>
+    </w:r>
+    <w:r w:rsidRPr="007D0798">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">The project is implemented within the framework of the Cohesion Policy </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="007D0798">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>Programme</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="007D0798">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> "THALIA 2021 – 2027" with the co-financing of</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="7F852C8B" w14:textId="77777777" w:rsidR="00DF3D52" w:rsidRPr="0017312B" w:rsidRDefault="00DF3D52" w:rsidP="00DF3D52">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="0017312B">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>of the EU".</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="330AD9FE" w14:textId="77777777" w:rsidR="0059557A" w:rsidRDefault="0059557A">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="247C0F02" w14:textId="77777777" w:rsidR="006D5A73" w:rsidRDefault="006D5A73">
+    <w:p w14:paraId="086B25DE" w14:textId="77777777" w:rsidR="004B13B4" w:rsidRDefault="004B13B4">
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4ADAFCF7" w14:textId="77777777" w:rsidR="006D5A73" w:rsidRDefault="006D5A73">
+    <w:p w14:paraId="2189A554" w14:textId="77777777" w:rsidR="004B13B4" w:rsidRDefault="004B13B4">
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07422723"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6BBEF302"/>
     <w:lvl w:ilvl="0" w:tplc="3F2CC9AE">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -10832,50 +9644,163 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04080019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0408001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0B625244"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E57A2948"/>
+    <w:lvl w:ilvl="0" w:tplc="08090009">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2580" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3300" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4020" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4740" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5460" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6180" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6900" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7620" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11E958FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C0DA1ABA"/>
     <w:lvl w:ilvl="0" w:tplc="BF026A14">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -10920,51 +9845,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14D159EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3E0EED90"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1260" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1980" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11033,51 +9958,163 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7020" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="160208B6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="97B21080"/>
+    <w:lvl w:ilvl="0" w:tplc="93CEC426">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="923" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Batang" w:hAnsi="Wingdings" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1643" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2363" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3083" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3803" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4523" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5243" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5963" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6683" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16AE37DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0ECE7BBE"/>
     <w:lvl w:ilvl="0" w:tplc="08090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -11119,51 +10156,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17456C6D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A62EAE4C"/>
     <w:lvl w:ilvl="0" w:tplc="20000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11232,51 +10269,51 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A782A41"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70528222"/>
     <w:lvl w:ilvl="0" w:tplc="04080001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1863" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04080003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2583" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11345,51 +10382,51 @@
     <w:lvl w:ilvl="7" w:tplc="04080003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6903" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04080005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7623" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B8F7B67"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51B85810"/>
     <w:lvl w:ilvl="0" w:tplc="106C6BF0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Times New Roman" w:hAnsi="Wingdings" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -11457,51 +10494,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C133648"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2118039A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11570,51 +10607,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F331920"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="47E0CF60"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11683,51 +10720,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A8C7149"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A58C5F9C"/>
     <w:lvl w:ilvl="0" w:tplc="08090009">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04080003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11796,51 +10833,51 @@
     <w:lvl w:ilvl="7" w:tplc="04080003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04080005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32DE3DA1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="46EEA6A2"/>
     <w:lvl w:ilvl="0" w:tplc="9F3E868C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -11886,51 +10923,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="397759FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3D72BAA8"/>
     <w:lvl w:ilvl="0" w:tplc="04080001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="629" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04080003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1349" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11999,51 +11036,164 @@
     <w:lvl w:ilvl="7" w:tplc="04080003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5669" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04080005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6389" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="39924DB4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4D865B68"/>
+    <w:lvl w:ilvl="0" w:tplc="04090009">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A4A5864"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8FA058BC"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12112,51 +11262,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E5B7969"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18D067BE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12225,164 +11375,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F084EBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA2248B0"/>
     <w:lvl w:ilvl="0" w:tplc="04080001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="786" w:hanging="360"/>
+        <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04080003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1506" w:hanging="360"/>
+        <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04080005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2226" w:hanging="360"/>
+        <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04080001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2946" w:hanging="360"/>
+        <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04080003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3666" w:hanging="360"/>
+        <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04080005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4386" w:hanging="360"/>
+        <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04080001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5106" w:hanging="360"/>
+        <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04080003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5826" w:hanging="360"/>
+        <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04080005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6546" w:hanging="360"/>
+        <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="403F7438"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9D6A790C"/>
     <w:lvl w:ilvl="0" w:tplc="2C3EB328">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -12428,51 +11578,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40FF403A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="73D29F2A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1620" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12541,51 +11691,277 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49477408"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B46E4F8C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1485" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2002" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2722" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3442" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4162" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4882" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5602" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6322" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7042" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4C162E59"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9022FEFA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1425" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2145" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2865" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3585" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4305" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5025" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5745" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6465" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7185" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D045746"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="73EEE076"/>
     <w:lvl w:ilvl="0" w:tplc="04080001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1425" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2145" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12654,51 +12030,51 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6465" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7185" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E3641CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="44864902"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12767,51 +12143,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="508717D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="96ACC092"/>
     <w:lvl w:ilvl="0" w:tplc="239ED7FA">
       <w:start w:val="13"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1114" w:hanging="405"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Batang" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
@@ -12858,51 +12234,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52B0718C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9B80E412"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1425" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2145" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2865" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3585" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4305" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5025" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5745" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6465" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7185" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="539F551D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0586200A"/>
     <w:lvl w:ilvl="0" w:tplc="20000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12971,51 +12460,164 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53D30FA2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C5608108"/>
+    <w:lvl w:ilvl="0" w:tplc="04090009">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1485" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2205" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2925" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3645" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4365" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5085" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5805" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6525" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7245" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53DA12A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B86475BA"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13084,51 +12686,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58440070"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E796FF90"/>
     <w:lvl w:ilvl="0" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13170,426 +12772,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
-[...374 lines deleted...]
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E3A003A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C7243954"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13658,51 +12885,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FBE23AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="23F0F940"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1298" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2018" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13771,51 +12998,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6338" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7058" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79BD0F37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AF0CF1FC"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13884,51 +13111,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D2D6C10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51D48380"/>
     <w:lvl w:ilvl="0" w:tplc="6D9C9B5A">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04080019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -13974,51 +13201,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04080019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0408001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F6E7766"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8B5CC682"/>
     <w:lvl w:ilvl="0" w:tplc="8F982D98">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -14063,51 +13290,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F966298"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="58E0DAD0"/>
     <w:lvl w:ilvl="0" w:tplc="04080001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04080003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14176,781 +13403,910 @@
     <w:lvl w:ilvl="7" w:tplc="04080003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04080005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="362948624">
+  <w:num w:numId="1" w16cid:durableId="1699114044">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2141801273">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="12925384">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="2100321386">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="208614955">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1604726770">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="365104268">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="606543583">
+  <w:num w:numId="8" w16cid:durableId="263923680">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1768966242">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="377781530">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="578489737">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1645234464">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="151918826">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="237373724">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="413358407">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="994606109">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="986470725">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1789470844">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="2131776280">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="19" w16cid:durableId="1510824670">
+    <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="2003313431">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="20" w16cid:durableId="1209147956">
+    <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1697920741">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="21" w16cid:durableId="1460030330">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="955987542">
-[...35 lines deleted...]
-  <w:num w:numId="18" w16cid:durableId="607930574">
+  <w:num w:numId="22" w16cid:durableId="1513493044">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1408842302">
-    <w:abstractNumId w:val="29"/>
+  <w:num w:numId="23" w16cid:durableId="429545860">
+    <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="414131833">
-[...2 lines deleted...]
-  <w:num w:numId="21" w16cid:durableId="450831042">
+  <w:num w:numId="24" w16cid:durableId="1762990911">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="560605279">
-[...9 lines deleted...]
-    <w:abstractNumId w:val="23"/>
+  <w:num w:numId="25" w16cid:durableId="2119373387">
+    <w:abstractNumId w:val="30"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="479228448">
+  <w:num w:numId="26" w16cid:durableId="2143225057">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1225992529">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1064723404">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1162235762">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="256450033">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1252465460">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1161772136">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="360395963">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="76249051">
+  <w:num w:numId="34" w16cid:durableId="490756840">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="1747920887">
-    <w:abstractNumId w:val="30"/>
+  <w:num w:numId="35" w16cid:durableId="1293362172">
+    <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="1531914125">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="36" w16cid:durableId="1009528726">
+    <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="197278784">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="37" w16cid:durableId="1307468138">
+    <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="283116039">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="38" w16cid:durableId="1652560008">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="1880624956">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="39" w16cid:durableId="1628245235">
+    <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="2012487567">
-[...6 lines deleted...]
-    <w:abstractNumId w:val="26"/>
+  <w:num w:numId="40" w16cid:durableId="1754037659">
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006332CF"/>
-    <w:rsid w:val="000044A4"/>
     <w:rsid w:val="0000712F"/>
-    <w:rsid w:val="00007ACA"/>
     <w:rsid w:val="000108E0"/>
     <w:rsid w:val="00012C2B"/>
     <w:rsid w:val="000146C6"/>
     <w:rsid w:val="00024291"/>
     <w:rsid w:val="000247A3"/>
     <w:rsid w:val="000253DB"/>
     <w:rsid w:val="00027471"/>
     <w:rsid w:val="00034183"/>
-    <w:rsid w:val="00036F50"/>
     <w:rsid w:val="000446E1"/>
-    <w:rsid w:val="00047EF9"/>
     <w:rsid w:val="00051185"/>
+    <w:rsid w:val="000727D8"/>
     <w:rsid w:val="00076C07"/>
-    <w:rsid w:val="0008362D"/>
-    <w:rsid w:val="00085535"/>
     <w:rsid w:val="000907AF"/>
     <w:rsid w:val="00090D0B"/>
-    <w:rsid w:val="00092E4B"/>
-    <w:rsid w:val="000944F3"/>
+    <w:rsid w:val="00092A95"/>
     <w:rsid w:val="00096A83"/>
     <w:rsid w:val="000A25FA"/>
     <w:rsid w:val="000B29E1"/>
-    <w:rsid w:val="000B319F"/>
     <w:rsid w:val="000B3595"/>
+    <w:rsid w:val="000B73A8"/>
+    <w:rsid w:val="000C111B"/>
+    <w:rsid w:val="000D29C1"/>
+    <w:rsid w:val="000D2EB8"/>
     <w:rsid w:val="000D3A72"/>
     <w:rsid w:val="000D5F5A"/>
+    <w:rsid w:val="000D759A"/>
     <w:rsid w:val="000E0115"/>
     <w:rsid w:val="000E040E"/>
     <w:rsid w:val="000E6DBF"/>
-    <w:rsid w:val="000E7FEA"/>
     <w:rsid w:val="000F0CC2"/>
     <w:rsid w:val="000F5C89"/>
+    <w:rsid w:val="000F5E51"/>
     <w:rsid w:val="001106A5"/>
     <w:rsid w:val="0011481E"/>
     <w:rsid w:val="00121C8E"/>
     <w:rsid w:val="00123628"/>
     <w:rsid w:val="00134B3C"/>
-    <w:rsid w:val="00136F04"/>
     <w:rsid w:val="001402FD"/>
     <w:rsid w:val="00141AC7"/>
+    <w:rsid w:val="00143D43"/>
+    <w:rsid w:val="0014413F"/>
+    <w:rsid w:val="0014689E"/>
+    <w:rsid w:val="001477EA"/>
     <w:rsid w:val="0015157D"/>
     <w:rsid w:val="00160906"/>
     <w:rsid w:val="00166EE4"/>
+    <w:rsid w:val="0017312B"/>
     <w:rsid w:val="001734D3"/>
     <w:rsid w:val="00174AB5"/>
     <w:rsid w:val="001754FE"/>
     <w:rsid w:val="0017559B"/>
+    <w:rsid w:val="00175770"/>
     <w:rsid w:val="001853DC"/>
-    <w:rsid w:val="001903ED"/>
     <w:rsid w:val="001958E8"/>
     <w:rsid w:val="0019751E"/>
     <w:rsid w:val="001A6204"/>
     <w:rsid w:val="001B76A6"/>
     <w:rsid w:val="001C194C"/>
+    <w:rsid w:val="001C25A3"/>
     <w:rsid w:val="001C5209"/>
     <w:rsid w:val="001D06A3"/>
+    <w:rsid w:val="001D25A7"/>
     <w:rsid w:val="001D3641"/>
+    <w:rsid w:val="001D42BE"/>
     <w:rsid w:val="001D54C6"/>
     <w:rsid w:val="001D5557"/>
+    <w:rsid w:val="001D74C2"/>
     <w:rsid w:val="001E6593"/>
     <w:rsid w:val="001F1283"/>
     <w:rsid w:val="001F4802"/>
     <w:rsid w:val="001F4CDF"/>
     <w:rsid w:val="001F523A"/>
     <w:rsid w:val="001F5F07"/>
     <w:rsid w:val="001F6E7A"/>
-    <w:rsid w:val="00211364"/>
+    <w:rsid w:val="00203DE8"/>
     <w:rsid w:val="00212EC9"/>
-    <w:rsid w:val="00221BD8"/>
+    <w:rsid w:val="00220C95"/>
+    <w:rsid w:val="00222959"/>
+    <w:rsid w:val="002229D6"/>
     <w:rsid w:val="002244CA"/>
     <w:rsid w:val="00231186"/>
     <w:rsid w:val="00233A50"/>
+    <w:rsid w:val="00237658"/>
+    <w:rsid w:val="00240DC9"/>
+    <w:rsid w:val="002418CE"/>
+    <w:rsid w:val="00243DC2"/>
     <w:rsid w:val="0025091B"/>
     <w:rsid w:val="00252EA6"/>
     <w:rsid w:val="00256681"/>
     <w:rsid w:val="002574E1"/>
     <w:rsid w:val="00261FEB"/>
     <w:rsid w:val="0026276B"/>
+    <w:rsid w:val="002652CE"/>
+    <w:rsid w:val="00266132"/>
     <w:rsid w:val="00270AF5"/>
     <w:rsid w:val="0027315E"/>
     <w:rsid w:val="00274E2D"/>
+    <w:rsid w:val="002877F4"/>
     <w:rsid w:val="002B4E9C"/>
-    <w:rsid w:val="002B7B49"/>
     <w:rsid w:val="002C5256"/>
     <w:rsid w:val="002D010F"/>
     <w:rsid w:val="002D0120"/>
     <w:rsid w:val="002D2DC1"/>
-    <w:rsid w:val="002E1CE6"/>
+    <w:rsid w:val="002D7F57"/>
+    <w:rsid w:val="002E2E3F"/>
     <w:rsid w:val="002F015D"/>
-    <w:rsid w:val="002F2FE0"/>
     <w:rsid w:val="002F5EF7"/>
+    <w:rsid w:val="003110FC"/>
+    <w:rsid w:val="003118ED"/>
     <w:rsid w:val="003154E4"/>
     <w:rsid w:val="003166FD"/>
     <w:rsid w:val="0031797B"/>
-    <w:rsid w:val="00324E4F"/>
-    <w:rsid w:val="00327AB2"/>
+    <w:rsid w:val="003223AB"/>
+    <w:rsid w:val="00323056"/>
     <w:rsid w:val="00336E2F"/>
     <w:rsid w:val="00337D18"/>
     <w:rsid w:val="003422F8"/>
     <w:rsid w:val="003527E5"/>
     <w:rsid w:val="00352A81"/>
     <w:rsid w:val="00357588"/>
     <w:rsid w:val="0036142F"/>
-    <w:rsid w:val="003642D1"/>
+    <w:rsid w:val="00370407"/>
     <w:rsid w:val="003723A9"/>
     <w:rsid w:val="00373451"/>
-    <w:rsid w:val="00374917"/>
     <w:rsid w:val="003762D0"/>
     <w:rsid w:val="00376B4B"/>
     <w:rsid w:val="00381EB4"/>
+    <w:rsid w:val="00382074"/>
     <w:rsid w:val="00383022"/>
     <w:rsid w:val="003838A3"/>
     <w:rsid w:val="003859B3"/>
     <w:rsid w:val="0039108F"/>
+    <w:rsid w:val="00392087"/>
     <w:rsid w:val="00393F26"/>
     <w:rsid w:val="00395479"/>
     <w:rsid w:val="0039558D"/>
+    <w:rsid w:val="003A144F"/>
     <w:rsid w:val="003A52C1"/>
+    <w:rsid w:val="003A6109"/>
+    <w:rsid w:val="003A77D8"/>
     <w:rsid w:val="003B23A8"/>
     <w:rsid w:val="003B25AE"/>
+    <w:rsid w:val="003B3E2A"/>
     <w:rsid w:val="003B5616"/>
     <w:rsid w:val="003B5AC2"/>
     <w:rsid w:val="003B702C"/>
+    <w:rsid w:val="003B7299"/>
     <w:rsid w:val="003C2E2B"/>
     <w:rsid w:val="003C7693"/>
     <w:rsid w:val="003D0E0E"/>
     <w:rsid w:val="003D17D0"/>
     <w:rsid w:val="003D503B"/>
     <w:rsid w:val="003E2A58"/>
-    <w:rsid w:val="003E3A0B"/>
+    <w:rsid w:val="003E618F"/>
     <w:rsid w:val="003E719F"/>
     <w:rsid w:val="003E7A7B"/>
     <w:rsid w:val="003F07D6"/>
+    <w:rsid w:val="003F28C0"/>
     <w:rsid w:val="003F766A"/>
     <w:rsid w:val="004049D0"/>
     <w:rsid w:val="00423030"/>
     <w:rsid w:val="00423727"/>
     <w:rsid w:val="0042390A"/>
     <w:rsid w:val="00430843"/>
     <w:rsid w:val="00430D3A"/>
     <w:rsid w:val="004366B7"/>
     <w:rsid w:val="00441B5B"/>
     <w:rsid w:val="004453EC"/>
     <w:rsid w:val="00446B32"/>
+    <w:rsid w:val="00467F67"/>
     <w:rsid w:val="0047156F"/>
     <w:rsid w:val="00475AFA"/>
+    <w:rsid w:val="00485B2C"/>
     <w:rsid w:val="00491F35"/>
     <w:rsid w:val="00494E17"/>
     <w:rsid w:val="004954F3"/>
+    <w:rsid w:val="004972C1"/>
     <w:rsid w:val="004A2E00"/>
     <w:rsid w:val="004A6993"/>
+    <w:rsid w:val="004B13B4"/>
     <w:rsid w:val="004B6AB0"/>
     <w:rsid w:val="004B6E7A"/>
     <w:rsid w:val="004C09EF"/>
     <w:rsid w:val="004C1D9A"/>
     <w:rsid w:val="004D7BDF"/>
     <w:rsid w:val="004E213E"/>
     <w:rsid w:val="004E230B"/>
     <w:rsid w:val="004E61A1"/>
     <w:rsid w:val="004E674B"/>
-    <w:rsid w:val="004E7846"/>
-    <w:rsid w:val="004F1719"/>
+    <w:rsid w:val="004F3971"/>
     <w:rsid w:val="004F665F"/>
     <w:rsid w:val="00506C8B"/>
     <w:rsid w:val="0051097F"/>
     <w:rsid w:val="00517EA9"/>
     <w:rsid w:val="00525722"/>
     <w:rsid w:val="00525EE1"/>
-    <w:rsid w:val="00535C57"/>
-    <w:rsid w:val="00537E12"/>
     <w:rsid w:val="005402B5"/>
-    <w:rsid w:val="00553167"/>
+    <w:rsid w:val="0054608E"/>
+    <w:rsid w:val="005502B8"/>
     <w:rsid w:val="00554A2A"/>
     <w:rsid w:val="00561A8E"/>
     <w:rsid w:val="005649E7"/>
     <w:rsid w:val="00565A62"/>
+    <w:rsid w:val="00566AC1"/>
     <w:rsid w:val="0056758B"/>
-    <w:rsid w:val="00580875"/>
+    <w:rsid w:val="00586879"/>
+    <w:rsid w:val="00591FF6"/>
     <w:rsid w:val="00593B12"/>
     <w:rsid w:val="005947B8"/>
+    <w:rsid w:val="0059557A"/>
+    <w:rsid w:val="00595EDC"/>
+    <w:rsid w:val="005A30B4"/>
     <w:rsid w:val="005A7200"/>
+    <w:rsid w:val="005B13BF"/>
+    <w:rsid w:val="005B4069"/>
     <w:rsid w:val="005C380F"/>
+    <w:rsid w:val="005C4BBF"/>
+    <w:rsid w:val="005C5949"/>
     <w:rsid w:val="005C7F40"/>
     <w:rsid w:val="005D04E3"/>
     <w:rsid w:val="005D1837"/>
+    <w:rsid w:val="005D1EC8"/>
     <w:rsid w:val="005D52BE"/>
+    <w:rsid w:val="005D6955"/>
     <w:rsid w:val="005E1CFE"/>
     <w:rsid w:val="005F1F4A"/>
+    <w:rsid w:val="005F3FDF"/>
+    <w:rsid w:val="00600EE7"/>
     <w:rsid w:val="006140C9"/>
+    <w:rsid w:val="00614408"/>
     <w:rsid w:val="00616410"/>
     <w:rsid w:val="00617042"/>
     <w:rsid w:val="00620590"/>
     <w:rsid w:val="00621F49"/>
-    <w:rsid w:val="006244F7"/>
+    <w:rsid w:val="006220D0"/>
+    <w:rsid w:val="00627EC2"/>
     <w:rsid w:val="00630CC2"/>
+    <w:rsid w:val="006329A2"/>
     <w:rsid w:val="006332CF"/>
+    <w:rsid w:val="00635033"/>
     <w:rsid w:val="00644799"/>
-    <w:rsid w:val="006555FC"/>
-    <w:rsid w:val="00665538"/>
+    <w:rsid w:val="00645B61"/>
     <w:rsid w:val="0066643B"/>
     <w:rsid w:val="00666B29"/>
-    <w:rsid w:val="006679A0"/>
     <w:rsid w:val="006725EE"/>
     <w:rsid w:val="00674034"/>
     <w:rsid w:val="0067669A"/>
+    <w:rsid w:val="00677B14"/>
     <w:rsid w:val="00694168"/>
     <w:rsid w:val="0069559F"/>
     <w:rsid w:val="006A1AC9"/>
     <w:rsid w:val="006A3A02"/>
+    <w:rsid w:val="006A5001"/>
+    <w:rsid w:val="006A6832"/>
     <w:rsid w:val="006B5076"/>
+    <w:rsid w:val="006C0B75"/>
     <w:rsid w:val="006D01A3"/>
     <w:rsid w:val="006D1733"/>
+    <w:rsid w:val="006D1876"/>
     <w:rsid w:val="006D2537"/>
-    <w:rsid w:val="006D5A73"/>
+    <w:rsid w:val="006D757E"/>
     <w:rsid w:val="006E24A8"/>
     <w:rsid w:val="006E3545"/>
     <w:rsid w:val="006F6CFE"/>
-    <w:rsid w:val="00700E7C"/>
     <w:rsid w:val="007042DD"/>
     <w:rsid w:val="0070500D"/>
     <w:rsid w:val="00705870"/>
     <w:rsid w:val="0070652E"/>
     <w:rsid w:val="00710506"/>
     <w:rsid w:val="0071543D"/>
     <w:rsid w:val="00715BC7"/>
-    <w:rsid w:val="00731AC7"/>
+    <w:rsid w:val="00725431"/>
     <w:rsid w:val="00732620"/>
+    <w:rsid w:val="00743D0F"/>
     <w:rsid w:val="0074435B"/>
     <w:rsid w:val="007472DA"/>
+    <w:rsid w:val="00754885"/>
+    <w:rsid w:val="00755B19"/>
+    <w:rsid w:val="00757B97"/>
     <w:rsid w:val="00773AAD"/>
     <w:rsid w:val="007750C8"/>
-    <w:rsid w:val="0078099F"/>
     <w:rsid w:val="007813C2"/>
     <w:rsid w:val="007827DE"/>
-    <w:rsid w:val="0078394E"/>
     <w:rsid w:val="00785A81"/>
     <w:rsid w:val="007874CD"/>
     <w:rsid w:val="00791F6A"/>
+    <w:rsid w:val="00791FC8"/>
     <w:rsid w:val="007A083D"/>
     <w:rsid w:val="007A1FF1"/>
     <w:rsid w:val="007A4774"/>
     <w:rsid w:val="007A4A5E"/>
     <w:rsid w:val="007A4F30"/>
     <w:rsid w:val="007A6E27"/>
     <w:rsid w:val="007A7739"/>
     <w:rsid w:val="007B3D69"/>
     <w:rsid w:val="007B3FC2"/>
     <w:rsid w:val="007B69B9"/>
+    <w:rsid w:val="007B6D51"/>
     <w:rsid w:val="007C07C9"/>
     <w:rsid w:val="007C1F3F"/>
     <w:rsid w:val="007C3851"/>
     <w:rsid w:val="007C6313"/>
+    <w:rsid w:val="007D0798"/>
     <w:rsid w:val="007D4852"/>
     <w:rsid w:val="007E1010"/>
     <w:rsid w:val="007F7DB2"/>
-    <w:rsid w:val="00800429"/>
     <w:rsid w:val="00804A38"/>
     <w:rsid w:val="00822958"/>
     <w:rsid w:val="008241AA"/>
     <w:rsid w:val="00826F42"/>
     <w:rsid w:val="00827E27"/>
     <w:rsid w:val="00834F72"/>
-    <w:rsid w:val="00835B4E"/>
+    <w:rsid w:val="00835EEF"/>
+    <w:rsid w:val="00836C9C"/>
+    <w:rsid w:val="00837229"/>
     <w:rsid w:val="008411B8"/>
     <w:rsid w:val="00841FFC"/>
     <w:rsid w:val="00844CA0"/>
     <w:rsid w:val="00845BCE"/>
     <w:rsid w:val="0085418F"/>
     <w:rsid w:val="00855A51"/>
     <w:rsid w:val="0086136C"/>
     <w:rsid w:val="00861D7C"/>
-    <w:rsid w:val="00861FC5"/>
     <w:rsid w:val="008632FE"/>
     <w:rsid w:val="0086384F"/>
     <w:rsid w:val="00873850"/>
+    <w:rsid w:val="00873EE7"/>
+    <w:rsid w:val="00875DF9"/>
+    <w:rsid w:val="008766E5"/>
     <w:rsid w:val="00886932"/>
     <w:rsid w:val="00890963"/>
     <w:rsid w:val="00893972"/>
     <w:rsid w:val="008A0C35"/>
     <w:rsid w:val="008A4BF5"/>
     <w:rsid w:val="008B31CB"/>
+    <w:rsid w:val="008B36E3"/>
+    <w:rsid w:val="008B4E2B"/>
     <w:rsid w:val="008B5ABB"/>
     <w:rsid w:val="008C44FB"/>
     <w:rsid w:val="008E3412"/>
     <w:rsid w:val="008E3D12"/>
     <w:rsid w:val="008F0A4C"/>
+    <w:rsid w:val="008F295F"/>
+    <w:rsid w:val="008F5B7F"/>
+    <w:rsid w:val="008F5E38"/>
+    <w:rsid w:val="008F5E5D"/>
     <w:rsid w:val="00900925"/>
     <w:rsid w:val="00904615"/>
     <w:rsid w:val="0090510A"/>
+    <w:rsid w:val="00907B8C"/>
+    <w:rsid w:val="00911804"/>
     <w:rsid w:val="00913F2B"/>
-    <w:rsid w:val="00916544"/>
     <w:rsid w:val="00916D41"/>
-    <w:rsid w:val="009260D8"/>
+    <w:rsid w:val="00925774"/>
+    <w:rsid w:val="00926FB9"/>
     <w:rsid w:val="00933F5F"/>
+    <w:rsid w:val="0093452D"/>
     <w:rsid w:val="0093675F"/>
     <w:rsid w:val="009376C6"/>
     <w:rsid w:val="009413CE"/>
     <w:rsid w:val="009445EA"/>
     <w:rsid w:val="0094464E"/>
-    <w:rsid w:val="00951A21"/>
-    <w:rsid w:val="00955D01"/>
     <w:rsid w:val="00956E01"/>
     <w:rsid w:val="00970678"/>
     <w:rsid w:val="009736B6"/>
     <w:rsid w:val="00975C71"/>
+    <w:rsid w:val="00980E21"/>
     <w:rsid w:val="00984E5A"/>
     <w:rsid w:val="00992CA7"/>
     <w:rsid w:val="009930EB"/>
     <w:rsid w:val="00997140"/>
+    <w:rsid w:val="00997489"/>
     <w:rsid w:val="009A08AC"/>
     <w:rsid w:val="009A2587"/>
     <w:rsid w:val="009A302B"/>
+    <w:rsid w:val="009A6389"/>
     <w:rsid w:val="009A6B8D"/>
     <w:rsid w:val="009A7E12"/>
     <w:rsid w:val="009B00C4"/>
     <w:rsid w:val="009B1A7D"/>
+    <w:rsid w:val="009B3597"/>
     <w:rsid w:val="009B6580"/>
     <w:rsid w:val="009C2AF0"/>
+    <w:rsid w:val="009C3A1C"/>
     <w:rsid w:val="009C3C78"/>
+    <w:rsid w:val="009C45F0"/>
     <w:rsid w:val="009C7288"/>
     <w:rsid w:val="009D1B9D"/>
     <w:rsid w:val="009D2926"/>
     <w:rsid w:val="009D406C"/>
     <w:rsid w:val="009D507B"/>
     <w:rsid w:val="009E4627"/>
     <w:rsid w:val="009E54DB"/>
     <w:rsid w:val="009E6560"/>
     <w:rsid w:val="009F24C4"/>
     <w:rsid w:val="009F7840"/>
+    <w:rsid w:val="00A00591"/>
+    <w:rsid w:val="00A00DFE"/>
     <w:rsid w:val="00A070B1"/>
+    <w:rsid w:val="00A13314"/>
     <w:rsid w:val="00A1605C"/>
     <w:rsid w:val="00A16786"/>
     <w:rsid w:val="00A20BC0"/>
     <w:rsid w:val="00A20D92"/>
-    <w:rsid w:val="00A20E0D"/>
+    <w:rsid w:val="00A3129B"/>
     <w:rsid w:val="00A33E95"/>
     <w:rsid w:val="00A368DF"/>
     <w:rsid w:val="00A41CEE"/>
+    <w:rsid w:val="00A52CA4"/>
+    <w:rsid w:val="00A636C7"/>
     <w:rsid w:val="00A6456A"/>
-    <w:rsid w:val="00A6693A"/>
+    <w:rsid w:val="00A64DD0"/>
+    <w:rsid w:val="00A6686B"/>
     <w:rsid w:val="00A678A3"/>
+    <w:rsid w:val="00A706F2"/>
     <w:rsid w:val="00A7500A"/>
+    <w:rsid w:val="00A8021A"/>
     <w:rsid w:val="00A84888"/>
-    <w:rsid w:val="00A91CBF"/>
+    <w:rsid w:val="00A87BAA"/>
     <w:rsid w:val="00A961DB"/>
     <w:rsid w:val="00AA4062"/>
     <w:rsid w:val="00AA7C7A"/>
     <w:rsid w:val="00AB099F"/>
     <w:rsid w:val="00AB22DD"/>
     <w:rsid w:val="00AB257D"/>
     <w:rsid w:val="00AB7308"/>
     <w:rsid w:val="00AC03FB"/>
+    <w:rsid w:val="00AC74D5"/>
     <w:rsid w:val="00AD10E8"/>
     <w:rsid w:val="00AD4FC2"/>
     <w:rsid w:val="00AE1AA0"/>
     <w:rsid w:val="00AF3650"/>
     <w:rsid w:val="00B06B88"/>
     <w:rsid w:val="00B0751B"/>
     <w:rsid w:val="00B106D1"/>
     <w:rsid w:val="00B13AF6"/>
+    <w:rsid w:val="00B325CE"/>
     <w:rsid w:val="00B35177"/>
     <w:rsid w:val="00B36839"/>
-    <w:rsid w:val="00B434D3"/>
+    <w:rsid w:val="00B37755"/>
     <w:rsid w:val="00B4485A"/>
     <w:rsid w:val="00B53969"/>
     <w:rsid w:val="00B53D42"/>
     <w:rsid w:val="00B64AB7"/>
-    <w:rsid w:val="00B657B8"/>
     <w:rsid w:val="00B67D0B"/>
     <w:rsid w:val="00B71FBF"/>
     <w:rsid w:val="00B73365"/>
     <w:rsid w:val="00B75411"/>
     <w:rsid w:val="00B75497"/>
     <w:rsid w:val="00B8626A"/>
+    <w:rsid w:val="00B86D0D"/>
     <w:rsid w:val="00BA132B"/>
     <w:rsid w:val="00BA4E40"/>
     <w:rsid w:val="00BA58E5"/>
+    <w:rsid w:val="00BA71D1"/>
     <w:rsid w:val="00BB2883"/>
     <w:rsid w:val="00BC1AD2"/>
-    <w:rsid w:val="00BC53DB"/>
     <w:rsid w:val="00BD0D96"/>
+    <w:rsid w:val="00BD20EF"/>
     <w:rsid w:val="00BE0905"/>
     <w:rsid w:val="00BE38C9"/>
+    <w:rsid w:val="00BE4E6A"/>
+    <w:rsid w:val="00BF2211"/>
     <w:rsid w:val="00BF35F9"/>
     <w:rsid w:val="00BF6F75"/>
     <w:rsid w:val="00BF768D"/>
+    <w:rsid w:val="00BF7E76"/>
+    <w:rsid w:val="00C01DA8"/>
     <w:rsid w:val="00C10EA6"/>
-    <w:rsid w:val="00C23959"/>
-    <w:rsid w:val="00C2499E"/>
+    <w:rsid w:val="00C11BE4"/>
+    <w:rsid w:val="00C201AC"/>
+    <w:rsid w:val="00C21412"/>
+    <w:rsid w:val="00C219A8"/>
     <w:rsid w:val="00C26A22"/>
     <w:rsid w:val="00C30248"/>
     <w:rsid w:val="00C32250"/>
     <w:rsid w:val="00C32BD8"/>
-    <w:rsid w:val="00C409A6"/>
+    <w:rsid w:val="00C4102A"/>
     <w:rsid w:val="00C41F01"/>
     <w:rsid w:val="00C4551C"/>
     <w:rsid w:val="00C52BB0"/>
-    <w:rsid w:val="00C665E5"/>
     <w:rsid w:val="00C66641"/>
+    <w:rsid w:val="00C67DCE"/>
     <w:rsid w:val="00C7296B"/>
     <w:rsid w:val="00C75853"/>
     <w:rsid w:val="00C772D9"/>
     <w:rsid w:val="00C81FDF"/>
+    <w:rsid w:val="00C82365"/>
     <w:rsid w:val="00C90237"/>
     <w:rsid w:val="00C91437"/>
-    <w:rsid w:val="00C9604C"/>
+    <w:rsid w:val="00C96880"/>
     <w:rsid w:val="00CA72AB"/>
+    <w:rsid w:val="00CB5860"/>
     <w:rsid w:val="00CB67C1"/>
+    <w:rsid w:val="00CB7818"/>
     <w:rsid w:val="00CD1062"/>
+    <w:rsid w:val="00CD1579"/>
+    <w:rsid w:val="00CD6CB8"/>
+    <w:rsid w:val="00CD7621"/>
     <w:rsid w:val="00CD7710"/>
+    <w:rsid w:val="00CE00A5"/>
     <w:rsid w:val="00CE45CC"/>
     <w:rsid w:val="00CE5657"/>
     <w:rsid w:val="00CE5C33"/>
+    <w:rsid w:val="00CF14CB"/>
     <w:rsid w:val="00D03A1D"/>
     <w:rsid w:val="00D160B6"/>
-    <w:rsid w:val="00D35FA2"/>
+    <w:rsid w:val="00D20E59"/>
+    <w:rsid w:val="00D3043D"/>
     <w:rsid w:val="00D36A57"/>
-    <w:rsid w:val="00D41109"/>
-    <w:rsid w:val="00D53A09"/>
+    <w:rsid w:val="00D37D0F"/>
+    <w:rsid w:val="00D50D6B"/>
+    <w:rsid w:val="00D561FF"/>
     <w:rsid w:val="00D6069B"/>
     <w:rsid w:val="00D65B4B"/>
     <w:rsid w:val="00D6669B"/>
     <w:rsid w:val="00D70071"/>
     <w:rsid w:val="00D8065A"/>
     <w:rsid w:val="00D80BB3"/>
+    <w:rsid w:val="00D850CB"/>
     <w:rsid w:val="00D85E3A"/>
     <w:rsid w:val="00D91830"/>
     <w:rsid w:val="00D91DD2"/>
-    <w:rsid w:val="00D93D09"/>
     <w:rsid w:val="00D93D81"/>
+    <w:rsid w:val="00D9543F"/>
     <w:rsid w:val="00DA0908"/>
     <w:rsid w:val="00DA36B8"/>
     <w:rsid w:val="00DA5897"/>
+    <w:rsid w:val="00DA6162"/>
     <w:rsid w:val="00DA6E1D"/>
     <w:rsid w:val="00DA759A"/>
+    <w:rsid w:val="00DB0AB6"/>
+    <w:rsid w:val="00DB5B0E"/>
     <w:rsid w:val="00DC2444"/>
     <w:rsid w:val="00DC7F74"/>
     <w:rsid w:val="00DD23BD"/>
     <w:rsid w:val="00DE38D8"/>
     <w:rsid w:val="00DE73A9"/>
+    <w:rsid w:val="00DF25A9"/>
+    <w:rsid w:val="00DF3D52"/>
     <w:rsid w:val="00DF49AC"/>
+    <w:rsid w:val="00DF67A0"/>
     <w:rsid w:val="00E02A36"/>
     <w:rsid w:val="00E02E97"/>
     <w:rsid w:val="00E058AB"/>
     <w:rsid w:val="00E1055F"/>
     <w:rsid w:val="00E10BE5"/>
     <w:rsid w:val="00E1390C"/>
     <w:rsid w:val="00E2173F"/>
+    <w:rsid w:val="00E24C60"/>
     <w:rsid w:val="00E25514"/>
     <w:rsid w:val="00E31647"/>
+    <w:rsid w:val="00E326A3"/>
+    <w:rsid w:val="00E328CB"/>
+    <w:rsid w:val="00E32C63"/>
     <w:rsid w:val="00E333CC"/>
     <w:rsid w:val="00E40977"/>
     <w:rsid w:val="00E509DF"/>
     <w:rsid w:val="00E5207C"/>
+    <w:rsid w:val="00E60B5A"/>
     <w:rsid w:val="00E64E19"/>
+    <w:rsid w:val="00E67828"/>
     <w:rsid w:val="00E67B4F"/>
+    <w:rsid w:val="00E721F7"/>
     <w:rsid w:val="00E73F55"/>
     <w:rsid w:val="00E75B5B"/>
-    <w:rsid w:val="00E84913"/>
+    <w:rsid w:val="00EB206A"/>
     <w:rsid w:val="00EB3298"/>
+    <w:rsid w:val="00EB457E"/>
     <w:rsid w:val="00EB7788"/>
     <w:rsid w:val="00EC6008"/>
-    <w:rsid w:val="00ED1C19"/>
     <w:rsid w:val="00ED4583"/>
-    <w:rsid w:val="00ED5811"/>
     <w:rsid w:val="00ED6EDD"/>
     <w:rsid w:val="00ED799E"/>
+    <w:rsid w:val="00EE3CF6"/>
     <w:rsid w:val="00EE50BB"/>
     <w:rsid w:val="00EE5A9A"/>
-    <w:rsid w:val="00F049ED"/>
     <w:rsid w:val="00F06854"/>
-    <w:rsid w:val="00F06B04"/>
     <w:rsid w:val="00F14DC8"/>
     <w:rsid w:val="00F14FC0"/>
     <w:rsid w:val="00F16D25"/>
+    <w:rsid w:val="00F245D1"/>
     <w:rsid w:val="00F25D44"/>
-    <w:rsid w:val="00F26410"/>
+    <w:rsid w:val="00F32DE9"/>
     <w:rsid w:val="00F402D6"/>
     <w:rsid w:val="00F44EDA"/>
     <w:rsid w:val="00F50812"/>
     <w:rsid w:val="00F50941"/>
     <w:rsid w:val="00F5337D"/>
     <w:rsid w:val="00F612EB"/>
     <w:rsid w:val="00F63541"/>
+    <w:rsid w:val="00F71AF4"/>
+    <w:rsid w:val="00F81F3A"/>
     <w:rsid w:val="00F825D1"/>
     <w:rsid w:val="00F85EEC"/>
-    <w:rsid w:val="00F91520"/>
+    <w:rsid w:val="00F924FD"/>
     <w:rsid w:val="00F973FA"/>
+    <w:rsid w:val="00FA51C4"/>
+    <w:rsid w:val="00FB1E48"/>
     <w:rsid w:val="00FB3B7A"/>
     <w:rsid w:val="00FB3E13"/>
     <w:rsid w:val="00FB4E51"/>
     <w:rsid w:val="00FB4EE9"/>
     <w:rsid w:val="00FB6C6D"/>
     <w:rsid w:val="00FC3CA1"/>
     <w:rsid w:val="00FC4297"/>
     <w:rsid w:val="00FC63EC"/>
+    <w:rsid w:val="00FD2EEB"/>
+    <w:rsid w:val="00FE0228"/>
     <w:rsid w:val="00FF296F"/>
     <w:rsid w:val="00FF3C6F"/>
     <w:rsid w:val="00FF7E8B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="67E2E45E"/>
+  <w14:docId w14:val="3B670BDC"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{EAC4BE24-4996-4149-B026-25F008EDB912}"/>
+  <w15:docId w15:val="{7DD11B1A-AFB0-4372-AF04-015557B926F5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -15242,80 +14598,84 @@
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:b/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextIndentChar"/>
     <w:pPr>
       <w:ind w:left="709" w:hanging="709"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent2Char"/>
     <w:pPr>
       <w:ind w:left="709" w:firstLine="11"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
     <w:name w:val="Body Text Indent 3"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent3Char"/>
     <w:pPr>
       <w:ind w:left="709" w:hanging="4"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="003D0E0E"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:color w:val="auto"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
@@ -15423,305 +14783,364 @@
     <w:semiHidden/>
     <w:rsid w:val="00212EC9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="800080"/>
       <w:spacing w:val="-3"/>
       <w:sz w:val="24"/>
       <w:lang w:val="el-GR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="00AB7308"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:rsid w:val="00E67828"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:rsid w:val="00E67828"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:link w:val="CommentText"/>
+    <w:rsid w:val="00E67828"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="800080"/>
+      <w:spacing w:val="-3"/>
+      <w:lang w:val="el-GR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:rsid w:val="00E67828"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:link w:val="CommentSubject"/>
+    <w:rsid w:val="00E67828"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="800080"/>
+      <w:spacing w:val="-3"/>
+      <w:lang w:val="el-GR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent3Char">
+    <w:name w:val="Body Text Indent 3 Char"/>
+    <w:link w:val="BodyTextIndent3"/>
+    <w:rsid w:val="003110FC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="800080"/>
+      <w:spacing w:val="-3"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="el-GR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CE00A5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="800080"/>
+      <w:spacing w:val="-3"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="el-GR"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="000E7FEA"/>
+    <w:rsid w:val="007D0798"/>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
+    <w:name w:val="Body Text Indent 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent2"/>
+    <w:rsid w:val="00D850CB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="800080"/>
+      <w:spacing w:val="-3"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="el-GR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BE4E6A"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:color w:val="auto"/>
+      <w:spacing w:val="0"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="78526704">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="112411624">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="126970850">
-[...25 lines deleted...]
-    <w:div w:id="253170626">
+    <w:div w:id="243953695">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="287245498">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="451826405">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="742526531">
+    <w:div w:id="455296102">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="743332860">
-[...12 lines deleted...]
-    <w:div w:id="878274237">
+    <w:div w:id="742526531">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="976447017">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1050957161">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1481195014">
-[...12 lines deleted...]
-    <w:div w:id="2006468256">
+    <w:div w:id="1182670298">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:polidinamo@nicosiamunicipality.org.cy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:polidinamo@nicosiamunicipality.org.cy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:polidinamo@nicosiamunicipality.org.cy" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:polidinamo@nicosiamunicipality.org.cy" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:polidinamo@nicosiamunicipality.org.cy" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:polidinamo@nicosiamunicipality.org.cy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:polidinamo@nicosiamunicipality.org.cy" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:polidinamo@nicosiamunicipality.org.cy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:polidinamo@nicosiamunicipality.org.cy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:polidinamo@nicosiamunicipality.org.cy" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:polidinamo@nicosiamunicipality.org.cy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:polidinamo@nicosiamunicipality.org.cy" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:polidinamo@nicosiamunicipality.org.cy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:polidinamo@nicosiamunicipality.org.cy" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="file:///C:\Users\demetris.stephanides\AppData\Local\Microsoft\Windows\INetCache\&#916;&#921;&#913;&#935;&#933;&#931;&#919;\2024\&#916;&#921;&#913;&#929;&#920;&#929;&#937;&#932;&#921;&#922;&#913;\&#923;&#927;&#915;&#927;&#932;&#933;&#928;&#913;%20&#920;&#913;&#955;&#917;&#921;&#913;%2021-27\SpecialisedLogo-1.jpg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../../../AppData/Local/Microsoft/Windows/INetCache/&#916;&#921;&#913;&#935;&#933;&#931;&#919;/2024/&#916;&#921;&#913;&#929;&#920;&#929;&#937;&#932;&#921;&#922;&#913;/&#923;&#927;&#915;&#927;&#932;&#933;&#928;&#913;%20&#920;&#913;&#955;&#917;&#921;&#913;%2021-27/SpecialisedLogo-1.jpg" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -15729,51 +15148,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -15840,65 +15259,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -15919,134 +15338,136 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2594783-2F18-4C6B-AF10-F38A4E7147F4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1953</Words>
-  <Characters>11221</Characters>
+  <Words>1954</Words>
+  <Characters>11140</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>93</Lines>
+  <Lines>92</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Τίτλος</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>RULES OF OPERATION OF CHILD PROTECTION AND EMPLOYMENT CENTRES</vt:lpstr>
       <vt:lpstr>ΚΑΝΟΝΙΣΜΟΙ ΛΕΙΤΟΥΡΓΙΑΣ ΤΩΝ ΚΕΝΤΡΩΝ ΠΡΟΣΤΑΣΙΑΣ ΚΑΙ ΑΠΑΣΧΟΛΗΣΗΣ ΠΑΙΔΙΩΝ</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13148</CharactersWithSpaces>
+  <CharactersWithSpaces>13068</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
-    <vt:vector size="24" baseType="variant">
-[...17 lines deleted...]
-      </vt:variant>
+    <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>3473499</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:polidinamo@nicosiamunicipality.org.cy</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6815868</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -16070,34 +15491,32 @@
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://noiazomainicosia.intellisoft.gr/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>RULES OF OPERATION OF CHILD PROTECTION AND EMPLOYMENT CENTRES</dc:title>
   <dc:subject/>
   <dc:creator>STROVOLOS MUN</dc:creator>
   <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category/>
 </cp:coreProperties>
 </file>